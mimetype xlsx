--- v0 (2025-12-08)
+++ v1 (2026-03-22)
@@ -54,3407 +54,3407 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Executivo</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Monte Carlo - PMMC</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/693/oficio_n_63_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/693/oficio_n_63_2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA MUNICIPAL DE ATENDIMENTO SOCIEDUCATIVO (SIMASE), NAS MODALIDADES DE MEDIDAS SOCIEDUCATIVAS DE LIBERDADE ASSISTIDA E DE PRESTAÇÃO DE SERVIÇOS À COMUNIDADE, DESTINADO AO ADOLESCENTE QUE PRATIQUE ATO INFRACIONAL NO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/700/oficio_66.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/700/oficio_66.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PREFEITO MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICIPIO DE MONTE CARLO E DÁ PROVIDÊNCIAS"._x000D_
 _x000D_
 "Votação do Pedido de Urgência, expedido pelo Presidente da Câmara".</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/701/oficio_67.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/701/oficio_67.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA O PREFEITO MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO SUPLEMENTART PELO PROVÁVEL EXCESSO NO ORÇAMENTO DO MUNICIPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 _x000D_
 "Votação do Pedido de Urgência, expedido pelo Presidente da Câmara".</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/702/oficio_68.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/702/oficio_68.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PREFEITO MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICIPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 _x000D_
 "Votação do Pedido de Urgência expedido pelo Presidente da Câmara".</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/714/oficio_n_84_2022_jur.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/714/oficio_n_84_2022_jur.pdf</t>
   </si>
   <si>
     <t>" INSTITUI NORMAS E DIRETRIZES URBANÍSTICAS DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/715/oficio_n_88_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/715/oficio_n_88_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICIPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/716/oficio_n_89_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/716/oficio_n_89_2022.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO SUPLEMENTAR PELO PROVÁVEL EXCESSO NO ORÇAMENTO DO MUNICIPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/717/oficio_n_90_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/717/oficio_n_90_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/718/oficio_n_91_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/718/oficio_n_91_2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO EXERCÍCIO DE 2022".</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/719/oficio_n_92_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/719/oficio_n_92_2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE O VALOR DO REPASSE ANUAL Á ASSOCIAÇÃO DE BOMBEIROS COMUNITÁRIOS DE MONTE CARLO, NOS TERMOS DA LEI MUNICIPAL Nº516/2006 DE 24 DE MAIO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/735/oficio_n_94_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/735/oficio_n_94_2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA O VALOR DOS RECURSOS A SEREM REPASSADOS A ASSOCIAÇÃO DE PAIS E AMIGOS DOS AUTISTAS - AMA FRAIBURGO, NA FORMA QUE ESPECIFICA".</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/736/oficio_n_99_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/736/oficio_n_99_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PREFEITO MUNICIPAL EM EXERCÍCIO A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/744/oficio_n_121_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/744/oficio_n_121_2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI N°163 DE 04 DE JULHO DE 1997, QUE AUTORIZA O PREFEITO MUNICIPAL A CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS - APAE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/766/oficio_n_143_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/766/oficio_n_143_2022.pdf</t>
   </si>
   <si>
     <t>"ACRESCENTA INCISO E PARÁGRAFOS AO ART. 3º E REVOGA O ART. 6º DA LEI Nº 814/2011, DE 23 DE NOVEMBRO DE 2011.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/767/oficio_n_146_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/767/oficio_n_146_2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DA FEIRA MUNICIPAL DE ARTE E ARTESANATO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/769/oficio_n_147_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/769/oficio_n_147_2022.pdf</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/771/oficio_n_148_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/771/oficio_n_148_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO SUPLEMENTAR PELO PROVÁVEL EXCESSO NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/777/oficio_n_153_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/777/oficio_n_153_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 _x000D_
 Votação do Regime de Urgência expedido pelo Presidente da Câmara</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/780/oficio_n_179_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/780/oficio_n_179_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODE EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE ACORDO EXTRAJUDICIAL PARA INDENIZAÇÃO DE SINISTRO E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 _x000D_
 _x000D_
 Votação de Pedido de Urgência expedido pelo Presidente da Câmara</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/793/220407045529.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/793/220407045529.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO SUPLEMENTAR, PELO PROVÁVEL EXCESSO NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 _x000D_
 Conforme, os termos do Art. 145 parágrafo 2º do Regimento Interno da Câmara</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/794/oficio_n_212_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/794/oficio_n_212_2022.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 _x000D_
 Conforme, os termos do Art. 145 parágrafo 2º do Regimento Interno da Câmara</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/795/oficio_n_213_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/795/oficio_n_213_2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE UM CRÉDITO ESPECIAL NO EXERCÍCIO DE 2022"._x000D_
 _x000D_
 Conforme, os termos do Art. 145 parágrafo 2º do Regimento Interno da Câmara</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/796/oficio_n_214_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/796/oficio_n_214_2022.pdf</t>
   </si>
   <si>
     <t>'AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 _x000D_
 Conforme, os termos do Art. 145 parágrafo 2º do Regimento Interno da Câmara</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/797/oficio_n_215_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/797/oficio_n_215_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 _x000D_
 Conforme, os termos do Art. 145 parágrafo 2º do Regimento Interno da Câmara</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/798/oficio_n_216_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/798/oficio_n_216_2022.pdf</t>
   </si>
   <si>
     <t>"PRORROGA O REGIME DE CONCESSÃO DE SERVIÇO PÚBLICO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/806/oficio_n_220_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/806/oficio_n_220_2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO EXERCÍCIO DE 2022"._x000D_
 _x000D_
        "Votação do pedido de Urgência expedido pelo Presidente da Câmara"</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/807/oficio_n_222_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/807/oficio_n_222_2022.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A IDENTIDADE VISUAL DO ÓRGÃO MUNICIPAL EXECUTIVO DE TRÂNSITO E RODOVIÁRIO - ORTRAN NA FORMA QUE ESTABELECE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/812/oficio_n_233_20022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/812/oficio_n_233_20022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PREFEITO MUNCIPAL EM EXERCÍCIO A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/813/oficio_n_234_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/813/oficio_n_234_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PREFEITO MUNICIPAL EM EXERCÍCIO A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICIPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/814/oficio_n_236_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/814/oficio_n_236_2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DE DENOMINAÇÃO DE LOCAL PÚBLICO (RUA), E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/829/oficio_n_249_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/829/oficio_n_249_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITA MUNICIPAL A PROMOVER ABERTURA DE UM CRÉDITO SUPLEMENTAR PELO PROVÁVEL EXCESSO NO ORÇAMENTO DO MUNICIPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/834/oficio_n_270_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/834/oficio_n_270_2022.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICIPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/836/oficio_n_272_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/836/oficio_n_272_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO SUPLEMENTAR PELO PROVÁVEL EXCESSO NO ORÇAMENTO DO MUNICIPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/842/oficio_n_277_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/842/oficio_n_277_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITA MUNICIPAL A PROMOVER ABERTURA DE UM CRÉDITO SUPLEMENTAR PELO PROVÁVEL EXCESSO NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/848/oficio_n_288_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/848/oficio_n_288_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO NOME DO PRÉDIO PÚBLICO DO MUNICÍPIO DE MONTE CARLO LOCALIZADO NA RODOVIA SC 452, KM 24 _x000D_
 N° 1306 BAIRRO POR DO SOL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/860/oficio_n_313_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/860/oficio_n_313_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE MONTE CARLO A PROMOVER A AQUISIÇÃO DE ÁREAS DE TERRAS QUE ESPECIFICA, POR DESAPROPRIAÇÃO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/861/oficio_n_325_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/861/oficio_n_325_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE MONTE CARLO A PROMOVER A AQUISIÇÃO DE ÁREAS DE TERRA QUE ESPECIFICA, POR DESAPROPRIAÇÃO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/863/oficio_n_326_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/863/oficio_n_326_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE MONTE CARLO A PROMOVER A AQUISIÇÃO DE ÁREA DE TERRAS, QUE ESPECIFICA, POR DESAPROPRIAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/872/oficio_n_359_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/872/oficio_n_359_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 _x000D_
 Votação do pedido de Urgência expedido pelo Presidente da Câmara</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/874/oficio_n_360_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/874/oficio_n_360_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 _x000D_
 Votação do pedido de Urgência expedido pelo Presidente da Câmara</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/873/oficio_n_361_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/873/oficio_n_361_2022.pdf</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/880/oficio_n_365_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/880/oficio_n_365_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO SUPLEMENTAR PELO PROVÁVEL EXCESSO NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/885/oficio_n_367_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/885/oficio_n_367_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PREFEITO MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR PELO PROVÁVEL EXCESSO NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO".</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/887/oficio_n_368_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/887/oficio_n_368_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE MONTE CARLO A CELEBRAR CONVÉNIO E TRANSFERIR RECURSOS FINANCEIROS A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE MONTE CARLO - APAE RENASCER, NA FORMA QUE ESPECIFICA".</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/892/oficio_n_381_20221.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/892/oficio_n_381_20221.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADERIR AO PROGRAMA BADESC CIDADES, E TOMAR EMPRÉSTIMO JUNTO AO BADESC - AGÊNCIA DE FOMENTO DO ESTADO DE SANTA CATARINA S/A E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/895/oficio_n_388_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/895/oficio_n_388_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MUNICIPAL EM EXERCÍCIO A PROMOVER A ABERTURA DE UM CRÉDITO SUPLEMENTAR PELO PROVÁVEL EXCESSO NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCAS".</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/896/oficio_n_389_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/896/oficio_n_389_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PREFEITO MUNICIPAL DO MUNICÍPIO DE MONTE CARLO A CONCEDER SUBVENÇÃO PARA A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE MONTE CARLO - APAE RENASCER, NA FORMA QUE ESPECIFICA".</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/901/oficio_n_390_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/901/oficio_n_390_2022.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE PARA O EXERCÍCIO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS". LDO</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/908/oficio_n_391_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/908/oficio_n_391_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO SUPLEMENTAR, PELO PROVÁVEL EXCESSO NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/909/oficio_n_392_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/909/oficio_n_392_2022.pdf</t>
   </si>
   <si>
     <t>'AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/911/oficio_n_408_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/911/oficio_n_408_2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA O VENCIMENTO PARA O CARGO DE AGENTE COMUNITÁRIO DE SAÚDE".</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/923/oficio_n_411_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/923/oficio_n_411_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/934/oficio_n_498_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/934/oficio_n_498_2022.pdf</t>
   </si>
   <si>
     <t>" CRIA CONSELHO E O FUNDO MUNICIPAL DE DESENVOLVIMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/945/oficio_n_503_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/945/oficio_n_503_2022.pdf</t>
   </si>
   <si>
     <t>"CRIA O CONSELHO E O FUNDO MUNICIPAL DE DESENVOLVIMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/952/oficio_n_520_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/952/oficio_n_520_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR PELO PROVÁVEL EXCESSO NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/953/pl_loa_2023.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/953/pl_loa_2023.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MONTE CARLO PARA O EXERCÍCIO DE 2023".</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/962/oficio_n_526_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/962/oficio_n_526_2022.pdf</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/967/oficio_n_527_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/967/oficio_n_527_2022.pdf</t>
   </si>
   <si>
     <t>"RATIFICA ALTERAÇÃO DO ESTATUTO SOCIAL DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE CIS-AMURES".</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/966/oficio_n_528_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/966/oficio_n_528_2022.pdf</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/977/oficio_n_533_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/977/oficio_n_533_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PREFEITO MUNICÍPIO DE MONTE CARLO, POR MEIO DO PODER EXECUTIVO, A CELEBRAR CONVÊNIO COM O ESTADO DE SANTA CATARINA, ATRAVÉS DO CORPO DE BOMBEIROS MILITAR DE SANTA CATARINA PARA A EXECUÇÃO DOS SERVIÇOS DE PREVENÇÃO, COMBATE A SINISTROS, BUSCA E SALVAMENTO, ATENDIMENTO DE COMPETÊNCIA DO CORPO DE BOMBEIRO MILITAR".</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/980/oficio_n_547_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/980/oficio_n_547_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PREFEITO MUNICIPAL EM EXERCÍCIO A PROMOVER A ABERTURA DE UM CRÉDITO SUPLEMENTAR PELO PROVÁVEL  EXCESSO NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 _x000D_
 Votação do Regime de Urgência expedido pelo Presidente da Câmara</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/983/oficio_n_551_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/983/oficio_n_551_2022.pdf</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/984/oficio_n_552_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/984/oficio_n_552_2022.pdf</t>
   </si>
   <si>
     <t>"AUMENTA O VALOR DO REPASSE ANUAL À FUNDAÇÃO HOSPITALAR DE CURITIBANOS, ADMINISTRADORA DO HOSPITAL HÉLIO DOS ANJOS ORTIZ, ALTERA A LEI N°1117/2018, DE 24 DE AGOSTO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/991/scan_20221201_162425.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/991/scan_20221201_162425.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONSTRUIR, REFORMAR, AMPLIAR, REALIZAR OBRAS DE MELHORIAS EM CASAS COM AVARIAS E, OU, PAGAR ALUGUEL SOCIAL A FAMÍLIAS EM SITUAÇÃO DE VULNERABILIDADE QUE TENHAM SIDO ATINGIDAS POR SINISTROS(INCÊNDIOS), OU CATÁSTROFES AMBIENTAIS (TEMPESTADES, ENCHENTES, CICLONE, VENDAVAL, GRANIZO, DESLIZAMENTO DE TERRA, SECA, NEVASCA, CHUVA CONGELADA E OUTROS), RESIDENTES NO MUNICÍPIO DE MONTE CARLO/SC, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/996/oficio_n_572_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/996/oficio_n_572_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITA MUNICIPAL A PROMOVER ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
                                                          "Votação do regime de Urgência expedido pelo Presidente da Câmara".</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1011/oficio_n_585_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1011/oficio_n_585_2022.pdf</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1012/oficio_n_586_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1012/oficio_n_586_2022.pdf</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1013/oficio_n_587_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1013/oficio_n_587_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITA MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1014/oficio_n_589_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1014/oficio_n_589_2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICÍPIO DE MONTE CARLO, POR MEIO DO PODER EXECUTIVO, A REALIZAR A CESSÃO DE USO DOS VEÍCULOS QUE ESPECÍFICA AO ESTADO DE SANTA CATARINA, ATRAVÉS DO CORPO DE BOMBEIROS MILITAR DE SANTA CATARINA".</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/929/oficio_n_495_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/929/oficio_n_495_2022.pdf</t>
   </si>
   <si>
     <t>"CRIA OS CARGOS EFETIVOS DE ASSISTENTE SOCIAL DA CASA LAR, AUXILIAR DE CUIDADOR DA CASA LAR E PSICÓLOGO DA CASA LAR E ALTERA A LEI COMPLEMENTAR Nº 27 DE 11 DE DEZEMBRO DE 2007".</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/956/oficio_n_523_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/956/oficio_n_523_2022.pdf</t>
   </si>
   <si>
     <t>" CRIA O CONSELHO MUNICIPAL E O FUNDO MUNICIPAL DE DESENVOLVIMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/978/oficio_n_534_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/978/oficio_n_534_2022.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O CÓDIGO MUNICIPAL DO MEIO AMBIENTE E A POLÍTICA DO MEIO AMBIENTE".</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/979/oficio_n_546_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/979/oficio_n_546_2022.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O FUNDO MUNICIPAL DE MEIO AMBIENTE FMMA, NO ÂMBITO DO MUNICÍPIO DE MONTE CARLO".</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/992/scan_20221201_162816.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/992/scan_20221201_162816.pdf</t>
   </si>
   <si>
     <t>"CRIA O CONSELHO MUNICIPAL DE ESPORTES E O FUNDO MUNICIPAL DE ESPORTES DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1006/oficio_n_577_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1006/oficio_n_577_2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INCORPORAÇÃO AO VENCIMENTO DOS SERVIDORES DO MAGISTÉRIO O COMPLEMENTO PECUNIÁRIO PARA COMPLEMENTAÇÃO DO PISO NACIONAL DO MAGISTÉRIO PÚBLICO, DA EDUCAÇÃO BÁSICA, INSTITUÍDO PELA LEI MUNICIPAL Nº 782/2011, DE 15 DE JULHO DE 2011, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1007/oficio_n_578_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1007/oficio_n_578_2022.pdf</t>
   </si>
   <si>
     <t>"CRIA O CARGO EFETIVO DE ENGENHEIRO EM SEGURANÇA DO TRABALHO , AUMENTA O NÚMERO DE VAGAS PARA O CARGO DE PSICÓLOGO E ALTERA A LEI COMPLEMENTAR Nº27 DE 11 DE DEZEMBRO DE 2007".</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Poder Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/711/220204063758.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/711/220204063758.pdf</t>
   </si>
   <si>
     <t>"ACRESCENTA E ALTERA ANEXOS DA LEI COMPLEMENTAR 109, DE 29 DE NOVEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>Emersson de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/888/scan_20220818_170908.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/888/scan_20220818_170908.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 79 E ACRESCENTA O ART. 79-A À LEI COMPLEMENTAR Nº. 10, DE 19 DE MARÇO DE 2004 QUE INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Legislativo</t>
   </si>
   <si>
     <t>Adair Luiz Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/710/220204062506.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/710/220204062506.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE LOCAL PÚBLICO (RUA) E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>Adair Luiz Gonçalves, Carlos Alberto Correa de Almeida, Cleiton Aparício Correa de Siqueira, Dirceu de Souza, Emersson de Oliveira, Luizinho Cordeiro, Orávio Cordeiro, Osni Leodoro</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/738/220218064339.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/738/220218064339.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO DA LEI 706, DE 22 DE SETEMBRO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>Luizinho Cordeiro</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/957/scan_20221027_182351.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/957/scan_20221027_182351.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A OBRIGATORIEDADE DE INFORMAR O USUÁRIO, POR OCASIÃO DO ENVIO DA FATURA DOS SERVIÇOS DE ÁGUA E ESGOTO, ACERCA DE DÉBITOS EXISTENTES E MEDIDAS PARA REGULARIZAÇÃO".</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/964/pl_04.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/964/pl_04.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ANEXO DA LEI 706, DE 22 DE SETEMBRO DE 2009 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>RESOL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/723/220210061043.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/723/220210061043.pdf</t>
   </si>
   <si>
     <t>"CONCEDE LICENÇA AO EXCELENTÍSSIMO VEREADOR ANDERSON RAFAEL SARTOR, AUTORIZA A DESIGNAÇÃO DE SUPLENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE HORÁRIO EXCEPCIONAL DE EXPEDIENTE DA C MARA DE VEREADORES DE MONTE CARLO NOS DIAS DOS JOGOS DA SELEÇÃO BRASILEIRA DE FUTEBOL NA COPA DO MUNDO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/881/scan_20220811_182956.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/881/scan_20220811_182956.pdf</t>
   </si>
   <si>
     <t>“A CÂMARA MUNICIPAL DE VEREADORES DE MONTE CARLO, ESTADO DE SANTA CATARINA, POR MEIO DA PRESENTE MOÇÃO, VEM, RESPEITOSAMENTE, APELAR À SUPERINTENDÊNCIA DA EMPRESA BRASILEIRA DE CORREIOS E TELÉGRAFOS - EBCT EM SANTA CATARINA E AO MINISTÉRIO DAS COMUNICAÇÕES, NA CAPITAL FEDERAL, PARA QUE SEJAM MANTIDOS COM REGULARIDADE OS SERVIÇOS PRESTADOS PELA AGÊNCIA DOS CORREIOS DE MONTE CARLO/SC, UMA VEZ QUE RECEBIDAS DIVERSAS RECLAMAÇÕES  DE QUE  AGÊNCIA DOS CORREIOS NÃO SE ENCONTRA ABERTA TODOS OS DIAS, CAUSANDO PREJUÍZOS À POPULAÇÃO MONTECARLENSE”.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>Dirceu de Souza</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/902/scan_20220901_191323.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/902/scan_20220901_191323.pdf</t>
   </si>
   <si>
     <t>"A Câmara Municipal de Vereadores de Monte Carlo, Estado de Santa Catarina, vem por meio da presente MOÇÃO, respeitosamente, apelar/requerer á secretaria de estado da infraestrutura do estado de Santa Catarina, para que sejam adotadas providências, e melhorias na sinalização, com instalação de redutor de velocidade (lombada), nas proximidades do Km 27, rodovia SC 452, no distrito industrial do carrapicho/ Município de Monte Carlo/SC, uma vez que recebidas diversas reclamações da população quanto á segurança do tráfego na mencionada localização".</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/709/220204061830.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/709/220204061830.pdf</t>
   </si>
   <si>
     <t>Requerimento Inscrição de Chapa Única, para concorrer a Eleição das Comissões Técnicas para o ano de 2022.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>Câmara Municipal de Monte Carlo - CMMC</t>
   </si>
   <si>
     <t>Requerimento Inscrição de Chapa Única, para concorrer a Eleição Suplementar das Comissões Técnicas para o ano de 2022</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>Anderson Rafael Sartor</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/963/scan_20221103_160810.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/963/scan_20221103_160810.pdf</t>
   </si>
   <si>
     <t>ANDERSON RAFAEL SARTOR, vereador desta casa Legislativa, vem respeitosamente , comunicar e requerer o retorno da licença concedida por esta Casa Legislativa, a partir de 03 de Novembro de 2022, haja vista a exoneração do cargo de Secretário Municipal de Saúde.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>Orávio Cordeiro</t>
   </si>
   <si>
     <t>Requerimento de inscrição para renovação da Mesa Diretora Biênio 2023/2024</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>INFO</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/745/220222053547.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/745/220222053547.pdf</t>
   </si>
   <si>
     <t>Que a Chefe do Poder Executivo Municipal informe se estão sendo adotadas medidas para aplicação do Piso Salarial Profissional Nacional dos Profissionais do Magistério Público da Educação Básica, divulgado pelo Governo Federal, com reajuste de 33,24%.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/862/pedido_de_informacoes_02_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/862/pedido_de_informacoes_02_2022.pdf</t>
   </si>
   <si>
     <t>Que a Chefe do Poder Executivo Municipal informe: a) O município possui rede própria de ensino fundamental? b) Qual o número de alunos do ensino básico comprovado pelo último censo escolar anual? c) Qual o número de alunos que efetivamente cursam o ensino fundamental no município, especificando-se zona rural e urbana? d) O município instituiu por lei o plano de carreira e remuneração do magistério? e) O município instituiu por leis o Conselho de Educação e o Conselho de Acompanhamento e Controle Social do FUNDEB? f) Sendo positivo o item anterior, nominar os Conselheiros, com qualificação completa e representatividade no Órgão Colegiado, encaminhar cópia da lei e três atas da reunião. g) Qual o valor repassado e aplicado pelo município referentes aos recursos do FUNDEB no ano passado e no ano em curso? h) Por que os valores informados no SIOPE, bem como, dados da secretaria de educação não batem com os expostos nos veículos de transparência? i) Existe nº de conta específico para o FUND</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>Luizinho Cordeiro, Adair Luiz Gonçalves, Carlos Alberto Correa de Almeida, Cleiton Aparício Correa de Siqueira, Dirceu de Souza, Emersson de Oliveira, Orávio Cordeiro, Osni Leodoro</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/936/scan_20221006_182132.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/936/scan_20221006_182132.pdf</t>
   </si>
   <si>
     <t>Que a Chefe do Poder Executivo Municipal informe qual o procedimento que vem sendo adotado para agendamento de consultas e de exames e se este serviço se encontra regular ou caso não se encontre, qual o motivo para tanto. Informe, ainda, se existem algum tipo de impeditivo (denúncia, lei, etc), encaminhando os documentos pertinentes.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/725/220211035725.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/725/220211035725.pdf</t>
   </si>
   <si>
     <t>"Que a Chefe do Poder Executivo Municipal, juntamente com a Secretaria Municipal de obras e serviços públicos, promovam, a colocação de uma placa nova que identifique o Ginásio Altair Luiz Gonçalves, "TAIDÃO", pois a mesma indicação foi realizada no ano de 2021 e nenhuma medida foi tomada".</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/726/220211035743.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/726/220211035743.pdf</t>
   </si>
   <si>
     <t>"Que a Chefe do Poder Executivo Municipal, juntamente com a Secretaria Municipal de obras e serviços Públicos promovam a colocação de placas novas de sinalização e promovam a pintura das faixas de pedestre e paralelepípedos bem como a pintura de faixas de estacionamento de automóveis".</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/727/220211035801.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/727/220211035801.pdf</t>
   </si>
   <si>
     <t>"Que a Chefe do Poder Executivo Municipal, juntamente com a secretaria de obras e serviços públicos promovam estudos para que a Praça das Bandeiras seja denominada, praça Marcos Leal Nunes e colocado identificação como placa na referida Praça".</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>Cleiton Aparício Correa de Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/746/220222060017.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/746/220222060017.pdf</t>
   </si>
   <si>
     <t>" Que a Chefe do poder Executivo Municipal, promova estudos para que seja montado uma "cozinha", junto ao Prédio da Secretaria de Agricultura, bem como seja colocado placa de identificação na mesma".</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/758/220304064433.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/758/220304064433.pdf</t>
   </si>
   <si>
     <t>“Que sejam adotadas providências para a pavimentação, com pedras irregulares, na Rua Ataide Jardim, em frente à escola Maria do Rosário Fischer, com calçada para acessibilidade de portadores com necessidades específicas, pois atualmente a rua se encontra em péssimo de estado de conservação e, com a obra, garantirá maior segurança e tranquilidade aos condutores e aos moradores da localidade, especialmente porque muitas crianças, estudantes, lá transitam. Assevere-se, por oportuno, que cabe ao Executivo Municipal legislar sobre assuntos de interesse local, cabendo-lhe, dentre outros, a construção, reparação e conservação de calçadas e logradouros públicos”.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/761/220311074117.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/761/220311074117.pdf</t>
   </si>
   <si>
     <t>"Que a Chefe do Poder Executivo Municipal, promovam com a máxima urgência, reparos na pavimentação das seguintes ruas: _x000D_
 * Guilherme Correa de Mello_x000D_
 * Joaquim Correa de Mello_x000D_
           "Bairro São Carlos"</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/763/220311074134.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/763/220311074134.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE OBRAS E SERVIÇOS PUBLICOS PROMOVAM COM A MÁXIMA URGÊNCIA A CONSTRUÇÃO DE PONTOS DE ONIBUS NA LOCALIDADE DE VILA ARLETE, NAS PROXIMIDADES DA RESIDÊNCIA DO SEU TAZINHO".</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/764/220311074152.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/764/220311074152.pdf</t>
   </si>
   <si>
     <t>" QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE OBRAS E SERVIÇOS PUBLICOS PROMOVAM ESTUDOS PARA QUE SEJA COLOCADO UMA CERCA AO REDOR DO PARQUINHO INFANTIL DA CRECHE SONHO INFANTIL, BEM COMO REALIZADA A REFORMA DO GINÁSIO E FEITO TAMBÉM A INSTALAÇÃO DE AR CONDICIONADO DAS SALAS DO REFERIDO EDUCANDÁRIO".</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/765/220311074209.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/765/220311074209.pdf</t>
   </si>
   <si>
     <t>"QUE SEJAM ADOTADAS PROVIDÊNCIAS PARA A INSTALAÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA), NA RUA JOAQUIM CORREA DE MELLO, EM FRENTE À CASA DE N°937, A FIM DE GARANTIR MAIOR SEGURANÇA E TRANQUILIDADE AOS CONDUTORES E AOS MORADORES DA LOCALIDADE, ESPECIALMENTE PORQUE MUITAS CRIANÇAS, ESTUDANTES LÁ TRANSITAM.".</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/789/220325070103.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/789/220325070103.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM SUA EQUIPE DE PLANEJAMENTO, ENCAMINHE COM A MAIOR BREVIDADE POSSIVEL, A CÂMARA PROJETO DE CRIAÇÃO DA FME, (FUNDAÇÃO, MUNICIPAL DE ESPORTES), PARA QUE POSTERIORMENTE SEJA TAMBÉM CRIADO O BOLSA ATLETA".</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/792/220408062115.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/792/220408062115.pdf</t>
   </si>
   <si>
     <t>"QUE SEJAM ADOTADAS PROVIDÊNCIAS PARA A INSTALAÇÃO DE REDUTOR DE VELOCIDADE (lombada), NA RUA VILMA GOMES, PRÓXIMO AO POSTO DE SAÚDE, BAIRRO CENTRO, A FIM DE GARANTIR MAIOR SEGURANÇA E TRANQUILIDADE AOS CONDUTORES E AOS MORADORES DA LOCALIDADE, ESPECIALMENTE PORQUE MUITAS PESSOAS LÁ TRANSITAM".</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/800/220408044334.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/800/220408044334.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, PROMOVA COM A MÁXIMA URGÊNCIA A ORGANIZAÇÃO DE EQUIPES DE TRABALHO DA SECRETARIA DE OBRAS OU SE NECESSÁRIO FOR, REALIZE A CONTRATAÇÃO DE PESSOAL PARA PROMOVER A LIMPEZA DAS RUAS E COLETA DE ENTULHOS, TANTO NOS BAIRROS COMO NO CENTRO DA CIDADE".</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/801/220408044359.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/801/220408044359.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS PROMOVAM COM A MÁXIMA URGÊNCIA A CONSTRUÇÃO DE PONTOS DE ONIBUS NO BAIRRO SANTO ANTONIO, NAS PROXIMIDADES DA ESCOLA OLGA FORTES, ONDE OS ALUNOS BEM COMO OS TRABALHADORES DA BRF E TRABALHADORES RURAIS NECESSITAM, DE UM PONTO DE ONIBUS".</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/802/220408065522.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/802/220408065522.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM SUA EQUIPE DE PLANEJAMENTO DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA COM A MÁXIMA URGÊNCIA, MELHORIAS , LIMPEZA E PINTURAS NA RODOVIÁRIA MUNICIPAL".</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>Osni Leodoro</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/803/220408065540.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/803/220408065540.pdf</t>
   </si>
   <si>
     <t>'QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM SUA EQUIPE DO DEPARTAMENTO DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA COM A MÁXIMA URGÊNCIA A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE "LOMBADA", NA RUA JOAQUIM L.C. DOS SANTOS, NO BAIRRO SANTO ANTONIO".</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/804/220408050151.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/804/220408050151.pdf</t>
   </si>
   <si>
     <t>Que seja verificada a possibilidade de encaminhamento de projeto de lei para alteração da denominação da rua “Santo Antônio” para rua “Antenor Souza Maciel”, uma vez que este passou quase toda sua vida no Município de Monte Carlo, participando ativamente como membro de emancipação para criação do Município, além do que foi suplente de Juiz de Paz por mais 20 anos, assumindo atividade de Juiz de Paz na cidade em definitivo.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/815/220421070704.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/815/220421070704.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM SUA EQUIPE DO DEPARTAMENTO DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVAM COM A MÁXIMA URGÊNCIA, A COLOCAÇÃO DE LIXEIRAS EM PONTOS ESTRATÉGICOS NA CIDADE, BEM COMO EM FRENTE AO CEMITÉRIO MUNICIPAL E NOS PONTOS DE ONIBUS".</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/816/220421070721.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/816/220421070721.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM O DEPARTAMENTO DE ÁGUA E ESGOTO, PROMOVAM ESTUDOS PARA QUE SEJA ACRESCENTADO NO MÍNIMO O NOME DE DOIS TITULARES DA FATURA DE ÁGUA DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/817/220421061836.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/817/220421061836.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM SUA EQUIPE DO DEPARTAMENTO DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA COM A MÁXIMA URGÊNCIA, A REALIZAÇÃO DE PAVIMENTAÇÃO ASFALTICA NO SENTIDO DO INTERIOR DE BUTIAZINHO, MAIS ESPECIALMENTE NO TRECHO COMPREENDIDO ENTRE O AEROPORTO A PROPRIEDADE DO SENHOR JOÃO BATISTA CRUZ".</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>Carlos Alberto Correa de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/832/220506065537.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/832/220506065537.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, PROMOVA COM A MAIOR BREVIDADE POSSÍVEL, A REVITALIZAÇÃO DE UM REDUTOR DE VELOCIDADE "lombada", NA RUA BENTO RUFINO".</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/840/220513065612.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/840/220513065612.pdf</t>
   </si>
   <si>
     <t>“Que seja verificada a possibilidade de divulgação à população, inclusive no site da prefeitura, acerca da possibilidade de imprimir as guias de IPTU diretamente na carta de serviços ao cidadão, ou, até mesmo através de PIX com QRCODE, bem como o encaminhamento, via pdf, no cadastro eletrônico do contribuinte”</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/841/220513065641.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/841/220513065641.pdf</t>
   </si>
   <si>
     <t>“Que seja verificada a possibilidade de criar um sistema de transferência de ligações, estilo siga-me, garantindo-se o atendimento ininterrupto na Secretaria da Saúde, especialmente em situações de emergência, com plantão, inclusive”</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/853/scan_20220602_182622.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/853/scan_20220602_182622.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL PROMOVA COM A MÁXIMA URGÊNCIA A ORGANIZAÇÃO DE EQUIPES DE TRABALHO DA SECRETARIA DE OBRAS NA TROCA DE TUBULAÇÕES E LIMPEZA DE BOCAS DE LOBO NA RUA ALMENSOR HIRT BITENCOURT ESQUINA COM A RUA VIRGÍNIA CORREA NO BAIRRO POR DO SOL".</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/858/scan_20220609_190324.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/858/scan_20220609_190324.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE EDUCAÇÃO, PROMOVAM COM A MAIOR BREVIDADE POSSÍVEL, O CAMPEONATO MUNICIPAL DE FUTSAL DE PRIMEIRA E SEGUNDA DIVISÃO, FEMININO, MASCULINO E MASTER, BEM COMO OS JOGOS INTERBAIRROS".</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/865/scan_20220630_182546.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/865/scan_20220630_182546.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, PROMOVA COM A MAIOR BREVIDADE POSSÍVEL A MANUTENÇÃO DA COBERTURA DA ESCOLA ERCI DICK BEM COMO DO GINÁSIO DE ESPORTES".</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/870/scan_20220707_181018.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/870/scan_20220707_181018.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, PROVIDÊNCIE COM A MÁXIMA URGÊNCIA A MANUTENÇÃO LIMPEZA E DESENTUPIMENTO DO BOEIRO NA LOCALIDADE DE BUTIAZINHO MAIS ESPECIALMENTE NA ESTRADA DO TERRENO DA SENHORA CLAIR SIBIRO".</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/889/scan_20220818_181657.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/889/scan_20220818_181657.pdf</t>
   </si>
   <si>
     <t>"QUE O CHEFE DO PODER EXECUTIVO MUNICIPAL, EM EXERCÍCIO, PROVIDÊNCIE COM A MÁXIMA URGÊNCIA A CONSTRUÇÃO , MANUTENÇÃO LIMPEZA E DESENTUPIMENTO DE BOEIROS NA ESTRADA QUE DÁ ACESSO A LOCALIDADE DE SANTA ANA, MAIS ESPECIALMENTE PERTO DO CTG A ILHA".</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/903/indicacao_28_-_aquisicao_de_equipamentos_fisioterapia.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/903/indicacao_28_-_aquisicao_de_equipamentos_fisioterapia.pdf</t>
   </si>
   <si>
     <t>“Que seja verificada a possibilidade de adquirir, para o serviço de fisioterapia no Município, TENS e FES, laser para fisioterapia, corrente aussie, cabos e eletrodos, pistola de massagem elétrica, halteres de 2, 3, 4 kgs e caneleira (peso) 1, 2, 3, 4 kgs”.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/917/scan_20220919_161234.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/917/scan_20220919_161234.pdf</t>
   </si>
   <si>
     <t>“Que seja verificada a possibilidade de adquirir, para a Unidade de Saúde – Posto de Saúde São Carlos, neste Município, os seguintes itens: notebook, 06 tablet para uso do app e-sus território; 05 aquecedores; 05 ares condicionados – quente e frio de 9.000 Btus; maca ginecológica; armário de 2 portas (3 unidades); mesa para escritório com gavetas (2 unidades); balcão para curativo; eletrocautério para pequenas cirurgias; centrífuga de roupas 4 kgs; máquina de lavar roupas (6kgs);  quadro – branco; impressora; porta guarda-chuvas em inox; cadeiras individuais para sala de espera (material não tecido); cadeira de escritório giratória c/ rodas (4 unidades); 8 destiladora de água 4 litros; seladora de material cirúrgico; cuba ultrassônica Cristófoli 2,51 sala odontológica; caneta alta rotação – ultrassom odontológico de peça reta odontológica (para limpeza); 03 aparelhos digitais de mensurar pressão arterial”.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/918/scan_20220922_151350.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/918/scan_20220922_151350.pdf</t>
   </si>
   <si>
     <t>“Que seja verificada a possibilidade de providenciar a canalização de esgoto, tubulação para águas pluviais e manutenção da Rua Senhorinha Aparecida da Silva”.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/920/scan_20221006_194007.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/920/scan_20221006_194007.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, PROVIDÊNCIE COM A MÁXIMA URGÊNCIA A INSTALAÇÃO DE CÂMERAS NAS CRECHES DA REDE MUNICIPAL DE ENSINO DE MONTE CARLO".</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/921/scan_20221006_194146.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/921/scan_20221006_194146.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, PROVIDÊNCIE COM A MÁXIMA URGÊNCIA A INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO DE CADA LOCALIDADE DO INTERIOR DO MUNICÍPIO"..</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/935/scan_20221006_181936.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/935/scan_20221006_181936.pdf</t>
   </si>
   <si>
     <t>"QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL JUNTAMENTE COM A SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, REALIZE A TROCA DA COBERTURA DO POSTO DE SAÚDE DO BAIRRO SÃO JOSÉ".</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/943/scan_20221024_153543.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/943/scan_20221024_153543.pdf</t>
   </si>
   <si>
     <t>" QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL, REALIZE COM A MAIOR BREVIDADE POSSÍVEL MELHORIAS E COLOCAÇÃO DE CASCALHO E PASSADO O ROLO COMPACTADOR NAS RUAS ERCI DICK E  BRANDINA LOPES DE ALBUQUERQUE".</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/946/scan_20221024_153651.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/946/scan_20221024_153651.pdf</t>
   </si>
   <si>
     <t>"Que sejam adotadas medidas para abertura de salão de danças e projeto de danças tradicionais, alcançando o efetivo bem-estar social, cultural e de integração entre as pessoas da melhor idade residentes em nossa cidade".</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>Luizinho Cordeiro, Dirceu de Souza</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/947/scan_20221024_153823.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/947/scan_20221024_153823.pdf</t>
   </si>
   <si>
     <t>"Que seja verificada a possibilidade de divulgação à população montecarlense, inclusive no site da prefeitura, acerca da existência do direito à isenção do IPTU, do imóvel residencial unifamiliar pertencente ao portador de deficiência física ou de patologia crônica grave e incapacitante, especialmente quando este valor comprometer a sua subsistência, haja vista que muitos montecarlenses, que se enquadram nos dispositivos de isenção, desconhecem o direito, o que requer maior empenho e divulgação desta relevante isenção".</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/954/scan_20221027_182220.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/954/scan_20221027_182220.pdf</t>
   </si>
   <si>
     <t>“QUE A CHEFE DO PODER EXECUTIVO MUNICIPAL,  PROVIDÊNCIE COM A MÁXIMA URGÊNCIA A CONSTRUÇÃO DE DUAS LOMBADAS NA RUA EUGÊNIO RODRIGUES NO BAIRRO APARECIDA”.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/993/scan_20221201_171213.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/993/scan_20221201_171213.pdf</t>
   </si>
   <si>
     <t>"QUE O CHEFE DO PODER EXECUTIVO MUNICIPAL, EM EXERCÍCIO, JUNTAMENTE COM A SECRETARIA DE OBRAS, REALIZE MELHORIAS E COLOCAÇÃO DE CASCALHO OU ATÉ MESMO A VIABILIZAÇÃO DE CONSTRUÇÃO DE CALÇAMENTO NA RUA OSVALDO PIRES, BEM COMO SEJA CONSTRUÍDA UMA LOMBADA DA RUA JOAQUIM L. C. DOS SANTOS NO BAIRRO SANTO ANTÔNIO".</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/994/scan_20221201_182552.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/994/scan_20221201_182552.pdf</t>
   </si>
   <si>
     <t>"QUE O CHEFE DO PODER EXECUTIVO MUNICIPAL EM EXERCÍCIO PROVIDENCIE COM A MÁXIMA URGÊNCIA, A CONSTRUÇÃO DE ARQUIBANCADAS, BEM COMO A AMPLIAÇÃO DO GINÁSIO ALTAIR LUIZ GONÇALVES "TAIDÃO".</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>ELOM</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/748/oficio_n_122_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/748/oficio_n_122_2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO ART. 92 DA LEI ORGÂNICA DO MUNICIPIO".</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>Adair Luiz Gonçalves, Carlos Alberto Correa de Almeida, Emersson de Oliveira, Osni Leodoro</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/990/scan_20221201_180002.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/990/scan_20221201_180002.pdf</t>
   </si>
   <si>
     <t>"MODIFICA O ARTIGO 139-A NA LEI ORGÂNICA DO MUNICÍPIO DE MONTE CARLO, SANTA CATARINA TORNANDO OBRIGATÓRIA A EXECUÇÃO ORÇAMENTÁRIA PROVENIENTE DE EMENDAS DE BANCADA DOS PARLAMENTARES DO MUNICÍPIO DE MONTE CARLO".</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>OUT</t>
   </si>
   <si>
     <t>Outros expedientes (ofícios, mensagens, etc)</t>
   </si>
   <si>
     <t>Outras Entidades</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/696/220125031333.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/696/220125031333.pdf</t>
   </si>
   <si>
     <t>Ofício: Sindicato dos Trabalhadores no Serviço Público Municipal de Fraiburgo e Região</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/762/220309034632.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/762/220309034632.pdf</t>
   </si>
   <si>
     <t>Solicitação do uso da palavra Coordenadora do Projeto Feira de Artesanato</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/770/220315024256.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/770/220315024256.pdf</t>
   </si>
   <si>
     <t>Reivindicações dos Professores da rede Municipal de Ensino de Monte Carlo</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/784/oficio_ministerio_da_agricultura.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/784/oficio_ministerio_da_agricultura.pdf</t>
   </si>
   <si>
     <t>Ofício Ministério da Agricultura</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/791/mocao_apelo_saude.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/791/mocao_apelo_saude.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo - Salário do Profissionais da Saúde</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/830/220506041926.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/830/220506041926.pdf</t>
   </si>
   <si>
     <t>Equipe Técnica do CRAS - Solicitação do uso da palavra</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/831/220506041926.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/831/220506041926.pdf</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/886/scan_20220817_150122.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/886/scan_20220817_150122.pdf</t>
   </si>
   <si>
     <t>Requerimento Agentes Comunitário de Saúde - Monte Carlo</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/912/scan_20220915_160647.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/912/scan_20220915_160647.pdf</t>
   </si>
   <si>
     <t>Autorização para utilizar espaço na tribuna livre na data de 15 de Setembro de 2022.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>OFC</t>
   </si>
   <si>
     <t>Ofício do Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/690/oficio_n_01_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/690/oficio_n_01_2022.pdf</t>
   </si>
   <si>
     <t>Encaminha cópia dos Decretos nº. 189/190/191/192/193/194/195/196/2021</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/691/oficio_n_02_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/691/oficio_n_02_2022.pdf</t>
   </si>
   <si>
     <t>Encaminha cópia das leis 1270/1271/1272/1273/1274/1275/1276/2021 e lei complementar 118/2021</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/720/oficio_n_010_2022_gab.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/720/oficio_n_010_2022_gab.pdf</t>
   </si>
   <si>
     <t>Informando a investidura do senhor Anderson Rafael Sartor como Secretário Municipal de Saúde do Município de Monte Carlo</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/692/oficio_n_21_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/692/oficio_n_21_2022.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI DO PODER LEGISLATIVO 02/2021</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/695/oficio_n_64_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/695/oficio_n_64_2022.pdf</t>
   </si>
   <si>
     <t>Encaminha cópia dos decretos 01/02/03/04/05/06/07/2022</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/694/oficio_n_65_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/694/oficio_n_65_2022.pdf</t>
   </si>
   <si>
     <t>Transmissão do cargo de Prefeito</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/703/oficio_n_69_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/703/oficio_n_69_2022.pdf</t>
   </si>
   <si>
     <t>Balancetes Mês de Dezembro de 2021 - Prefeitura Municipal</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/705/oficio_n_70_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/705/oficio_n_70_2022.pdf</t>
   </si>
   <si>
     <t>Balancetes Mês de Dezembro de 2021 - Fundo Municipal de Saúde</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/706/oficio_n_71_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/706/oficio_n_71_2022.pdf</t>
   </si>
   <si>
     <t>Balancetes Mês de Dezembro de 2021 -  FUNREBOM</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/707/oficio_n_85_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/707/oficio_n_85_2022.pdf</t>
   </si>
   <si>
     <t>Decretos do Poder Executivo Municipal N° 08/09/10/11/2022.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/708/oficio_n_86_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/708/oficio_n_86_2022.pdf</t>
   </si>
   <si>
     <t>Leis Municipais N°1277/1278/1279/2022.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/737/oficio_n_100_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/737/oficio_n_100_2022.pdf</t>
   </si>
   <si>
     <t>Convite: Audiência Publica do 3º Quadrimestre do ano de 2021, que se realizará no dia 24 de Fevereiro de 2022, as 17:30 modo virtual, o link será encaminhado ao Presidente da Câmara, que repassará aso demais vereadores.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/760/resposta_requerimento_informacao_n_01_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/760/resposta_requerimento_informacao_n_01_2022.pdf</t>
   </si>
   <si>
     <t>Resposta Requerimento de Informações Nº 01/2022.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/749/oficio_n_123_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/749/oficio_n_123_2022.pdf</t>
   </si>
   <si>
     <t>Cópias das Leis Municipais N° 1280/1281/1282/1283/1284/1285/1286/1287/1288/1289/1290/1291/1292/2022 e a Lei Complementar N° 119/2022.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/750/oficio_n_124_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/750/oficio_n_124_2022.pdf</t>
   </si>
   <si>
     <t>Cópias dos Decretos do Poder Executivo N° 12/13/14/15/16/17/18/19/20/2022.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/751/oficio_n_125_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/751/oficio_n_125_2022.pdf</t>
   </si>
   <si>
     <t>Balancetes Janeiro de 2022 - Fundo Municipal de Saúde</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/752/oficio_n_126_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/752/oficio_n_126_2022.pdf</t>
   </si>
   <si>
     <t>Balancetes Janeiro de 2022 - FUNREBOM</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/753/oficio_n_127_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/753/oficio_n_127_2022.pdf</t>
   </si>
   <si>
     <t>Balancetes Janeiro 2022 - Prefeitura Municipal</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/775/oficio_n_151_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/775/oficio_n_151_2022.pdf</t>
   </si>
   <si>
     <t>Cópia da Lei N° 1293/2022.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/776/oficio_n_152_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/776/oficio_n_152_2022.pdf</t>
   </si>
   <si>
     <t>Cópias Decretos N° 22/23/24/25/26/27/28/29/30/2022.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/781/oficio_n_180_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/781/oficio_n_180_2022.pdf</t>
   </si>
   <si>
     <t>Balancetes Fevereiro 2022 - FUNREBOM</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/782/oficio_n_181_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/782/oficio_n_181_2022.pdf</t>
   </si>
   <si>
     <t>Balancetes Fevereiro 2022 - Fundo Municipal de Saúde</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/783/oficio_n_182_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/783/oficio_n_182_2022.pdf</t>
   </si>
   <si>
     <t>Balancetes Fevereiro 2022 - Prefeitura Municipal</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/785/oficio_n_183_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/785/oficio_n_183_2022.pdf</t>
   </si>
   <si>
     <t>Solicitação de Retirada do Projeto de Lei N°015/2022.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/799/220407053535.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/799/220407053535.pdf</t>
   </si>
   <si>
     <t>"A Prefeita Municipal, informa esta Casa de Leis, dispõe de condições orçamentárias para arcar com as despesas e meios que garantam a execução do objeto Pavimentação asfáltica e qualificação das vias urbanas no Município de Monte Carlo na Rua Joaquim Correia de Melo Bairro São Carlos, incluindo sua operação e manutenção".</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/835/oficio_n_271_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/835/oficio_n_271_2022.pdf</t>
   </si>
   <si>
     <t>Convite Audiência Publica:_x000D_
 Audiência Publica do 1º Quadrimestre de 2022, que se realizará no dia 26 de Maio de 2022, as 17:30hrs, através do link encaminhado ao Presidente da Câmara.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/883/oficio_n_366_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/883/oficio_n_366_2022.pdf</t>
   </si>
   <si>
     <t>Solicitação de Retirada do Projeto de Lei N° 043/2022.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>Solicitação de Retirada do Projeto de Lei N°043/2022.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/891/oficio_n_379_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/891/oficio_n_379_2022.pdf</t>
   </si>
   <si>
     <t>Solicitação retirada do Projeto de Lei N°045/2022.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/894/oficio_n_387_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/894/oficio_n_387_2022.pdf</t>
   </si>
   <si>
     <t>Convite Audiência Publica: LDO- Leis de Diretrizes Orçamentárias, dia 30/08/2022 às 17:30min.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/910/oficio_n_493_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/910/oficio_n_493_2022.pdf</t>
   </si>
   <si>
     <t>Convite: Audiência Publica do 2º Quadrimestre de 2022, que se realizará dia 27/09/2022 às 13:30 horas no modo virtual.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/919/justificativa_2209.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/919/justificativa_2209.pdf</t>
   </si>
   <si>
     <t>justificativa</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/928/oficio_n_494_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/928/oficio_n_494_2022.pdf</t>
   </si>
   <si>
     <t>Convite: Audiência Publica do 2º Quadrimestre ano de 2022 que se realizará dia 29/09/2022 às 08:30 modo virtual.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/938/oficio_n_499_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/938/oficio_n_499_2022.pdf</t>
   </si>
   <si>
     <t>APRECIAÇÃO DO VETO N°01/2022, SOLICITANDO QUE SEJA SUBMETIDO AO PLENÁRIO PARA DELIBERAÇÃO</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/944/oficio_n_502_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/944/oficio_n_502_2022.pdf</t>
   </si>
   <si>
     <t>Solicitação de retirada do Projeto de Lei N° 054/2022.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/948/oficio_n_505_req_informacao.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/948/oficio_n_505_req_informacao.pdf</t>
   </si>
   <si>
     <t>Resposta Pedido de Informações N°03/2022.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/949/oficio_n_514_20221.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/949/oficio_n_514_20221.pdf</t>
   </si>
   <si>
     <t>Convite: Audiência Publica da LOA (Lei Orçamentária Anual) que se realizará no dia 26 de Outubro de 2022, as 17:30min.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/950/oficio_n_515_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/950/oficio_n_515_2022.pdf</t>
   </si>
   <si>
     <t>Impacto Financeiro entorno do Projeto de Lei Complementar N°01/2022.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/955/oficio_n_522_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/955/oficio_n_522_2022.pdf</t>
   </si>
   <si>
     <t>Solicitação de retirada do PROJETO DE LEI N°055/2022.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1008/oficio_n_581_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1008/oficio_n_581_2022.pdf</t>
   </si>
   <si>
     <t>Solicitação de retirada do Projeto de Lei Complementar N°07/2022</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>PROC</t>
   </si>
   <si>
     <t>Processo Administrativo</t>
   </si>
   <si>
     <t>Eleição para renovação da Mesa Diretora para o Biênio 2023/2024</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>Ofícios 0033/2022/01PJ/FRA e 0262/2022/03PJF/FRA, oriundos da Comarca de Fraiburgo/SC (protocolo autenticação: 02022/10/20000183)</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>ATACT</t>
   </si>
   <si>
     <t>Ata Comissão de Legislação Justiça e Redação</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/729/ata_cljr_26_01_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/729/ata_cljr_26_01_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 26 de janeiro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/732/ata_cljr_09_02_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/732/ata_cljr_09_02_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 09 de fevereiro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/739/ata_cljr_16_02_2021.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/739/ata_cljr_16_02_2021.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 16 de fevereiro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/755/ata_cljr_21_02_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/755/ata_cljr_21_02_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 21 de fevereiro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/772/ata_cljr_09_03_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/772/ata_cljr_09_03_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 09 de março de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/786/ata_cljr_16032022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/786/ata_cljr_16032022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 16 de março de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/808/ata_cljr_06_04_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/808/ata_cljr_06_04_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 06 de abril de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/820/ata_cljr_13_04_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/820/ata_cljr_13_04_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 13 de abril de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/821/ata_cljr_19_04_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/821/ata_cljr_19_04_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 19 de abril de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/822/ata_cljr_27_04_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/822/ata_cljr_27_04_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 27 de abril de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/837/ata_cljr_04_05_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/837/ata_cljr_04_05_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 04 de maio de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/844/ata_cljr_11_05_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/844/ata_cljr_11_05_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 11 de maio de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/849/ata_cljr_18_05_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/849/ata_cljr_18_05_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 18 de maio de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/855/ata_cljr_01_06_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/855/ata_cljr_01_06_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 01 de junho de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/867/ata_cljr_29_06_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/867/ata_cljr_29_06_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 29 de junho de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/876/ata_cljr_14_07_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/876/ata_cljr_14_07_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 14 de julho de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/898/ata_cljr_17_08_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/898/ata_cljr_17_08_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 17 de agosto de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/905/ata_cljr_05_09_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/905/ata_cljr_05_09_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 31 de agosto de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/913/ata_cljr_05_09_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/913/ata_cljr_05_09_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 05 de setembro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/924/ata_cljr_22_09_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/924/ata_cljr_22_09_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 22 de setembro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/933/ata_cljr_28_09_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/933/ata_cljr_28_09_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 28 de setembro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/939/ata_cljr_05_10_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/939/ata_cljr_05_10_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 05 de outubro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/958/ata_cljr_19102022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/958/ata_cljr_19102022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 19 de outubro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/959/ata_cljr_27102022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/959/ata_cljr_27102022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 27 de outubro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/968/ata_cljr_01112022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/968/ata_cljr_01112022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 01 de novembro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/972/ata_cljr_07112022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/972/ata_cljr_07112022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 07 de novembro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/985/ata_cljr_16112022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/985/ata_cljr_16112022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 16 de novembro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/999/ata_23112022_cljr.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/999/ata_23112022_cljr.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 23 de novembro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1002/ata_09122022_cljr.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1002/ata_09122022_cljr.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 09 de dezembro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1015/ata_cljr_14122022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1015/ata_cljr_14122022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 15 de dezembro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1020/ata_cljr_21122022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1020/ata_cljr_21122022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 21 de dezembro de 2022 da Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>ATACP</t>
   </si>
   <si>
     <t>Ata Comissão de Finanças, Orçamento e Contas</t>
   </si>
   <si>
     <t>CFOC - Comissão de Finanças, Orçamento e Contas</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/730/ata_cfocm_26_01_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/730/ata_cfocm_26_01_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 26 de janeiro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/733/ata_cfocm_09_02_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/733/ata_cfocm_09_02_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 09 de fevereiro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/740/ata_cfocm_16_02_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/740/ata_cfocm_16_02_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 16 de fevereiro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/756/ata_cfocm_21_02_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/756/ata_cfocm_21_02_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 21 de fevereiro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/773/ata_cfocm_09_03_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/773/ata_cfocm_09_03_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 09 de março de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/787/ata_cfocm_16032022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/787/ata_cfocm_16032022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 16 de março de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/809/ata_cfocm_06_04_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/809/ata_cfocm_06_04_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 06 de abril de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/823/ata_cfocm_13_04_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/823/ata_cfocm_13_04_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 13 de abril de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/824/ata_cfocm_19_04_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/824/ata_cfocm_19_04_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 19 de abril de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/825/ata_cfocm_27_04_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/825/ata_cfocm_27_04_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 27 de abril de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/838/ata_cfocm_04_05_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/838/ata_cfocm_04_05_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 04 de maio de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/845/ata_cfocm_11_05_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/845/ata_cfocm_11_05_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 11 de maio de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/850/ata_cfoc_18_05_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/850/ata_cfoc_18_05_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 18 de maio de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/856/ata_cfocm_01_06_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/856/ata_cfocm_01_06_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 01 de junho de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/868/ata_cfocm_29_06_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/868/ata_cfocm_29_06_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 29 de junho de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/877/ata_cfocm_14_07_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/877/ata_cfocm_14_07_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 14 de julho de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/899/ata_cfocm_17_08_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/899/ata_cfocm_17_08_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 17 de agosto de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/906/ata_cfocm_31_08_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/906/ata_cfocm_31_08_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 31 de agosto de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/914/ata_cfocm_05_09_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/914/ata_cfocm_05_09_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 05 de setembro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/925/ata_cfocm_22_09_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/925/ata_cfocm_22_09_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 22 de setembro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>Audiência Pública 01/2022 - apresentação do projeto da LDO - Lei de Diretrizes Orçamentárias para o exercício de 2023</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/932/ata_cfocm_28_09_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/932/ata_cfocm_28_09_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 28 de setembro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/940/ata_cfocm_05_10_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/940/ata_cfocm_05_10_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 05 de outubro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/960/ata_cfocm_27102022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/960/ata_cfocm_27102022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 27 de outubro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/969/ata_cfocm_01112022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/969/ata_cfocm_01112022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 01 de novembro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/973/ata_cfocm_07112022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/973/ata_cfocm_07112022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 07 de novembro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/986/ata_cfocm_16112022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/986/ata_cfocm_16112022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 16 de novembro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1000/ata_23112022_cfocm.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1000/ata_23112022_cfocm.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 23 de novembro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1003/ata_09122022_cfocm.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1003/ata_09122022_cfocm.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 09 de dezembro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1016/ata_cfocm_14122022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1016/ata_cfocm_14122022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 15 de dezembro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1021/ata_cfocm_21122022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1021/ata_cfocm_21122022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 21 de dezembro de 2022 da Comissão de Finanças, Orçamento e Contas do Município</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>ATACS</t>
   </si>
   <si>
     <t>Ata Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>CSP - Comissão de Serviços Públicos</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/731/ata_csp_26_01_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/731/ata_csp_26_01_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 26 de janeiro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/734/ata_csp_09_02_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/734/ata_csp_09_02_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 09 de fevereiro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/741/ata_csp_16_02_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/741/ata_csp_16_02_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 16 de fevereiro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/757/ata_csp_21_02_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/757/ata_csp_21_02_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 21 de fevereiro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/774/ata_csp_09_03_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/774/ata_csp_09_03_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 09 de março de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/788/ata_csp_16032022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/788/ata_csp_16032022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 16 de março de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/810/ata_csp_06_04_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/810/ata_csp_06_04_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 06 de abril de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/826/ata_csp_13_04_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/826/ata_csp_13_04_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 13 de abril de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/827/ata_csp_19_04_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/827/ata_csp_19_04_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 19 de abril de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/828/ata_csp_27_04_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/828/ata_csp_27_04_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 27 de abril de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/839/ata_csp_04_05_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/839/ata_csp_04_05_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 04 de maio de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/846/ata_csp_12_05_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/846/ata_csp_12_05_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 12 de maio de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/851/ata_csp_19_05_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/851/ata_csp_19_05_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 19 de maio de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/857/ata_csp_01_06_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/857/ata_csp_01_06_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 01 de junho de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/869/ata_csp_29_06_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/869/ata_csp_29_06_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 29 de junho de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/878/ata_csp_14_07_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/878/ata_csp_14_07_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 14 de julho de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/900/ata_csp_17_08_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/900/ata_csp_17_08_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 17 de agosto de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/907/ata_csp_01_09_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/907/ata_csp_01_09_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 01 de setembro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/915/ata_csp_05_09_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/915/ata_csp_05_09_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 05 de setembro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/926/ata_csp_22_09_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/926/ata_csp_22_09_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 22 de setembro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/931/ata_csp_28_09_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/931/ata_csp_28_09_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 28 de setembro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/941/ata_csp_05_10_2022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/941/ata_csp_05_10_2022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 05 de outubro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/961/ata_csp_27102022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/961/ata_csp_27102022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 27 de outubro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/970/ata_csp_01112022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/970/ata_csp_01112022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 01 de novembro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/974/ata_csp_07112022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/974/ata_csp_07112022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 07 de novembro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/987/ata_csp_16112022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/987/ata_csp_16112022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 16 de novembro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1001/ata_23112022_csp.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1001/ata_23112022_csp.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Ordinária de 23 de novembro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1004/ata_09122022_csp.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1004/ata_09122022_csp.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 09 de dezembro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1017/ata_csp_14122022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1017/ata_csp_14122022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 15 de dezembro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1022/ata_csp_21122022.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1022/ata_csp_21122022.pdf</t>
   </si>
   <si>
     <t>Ata de Reunião Extraordinária de 21 de dezembro de 2022 da Comissão de Serviços Públicos</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>ATAPL</t>
   </si>
   <si>
     <t>Ata de Sessão Ordinária do Plenário Físico</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/713/220204072949.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/713/220204072949.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 1ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/724/220210082806.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/724/220210082806.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 2ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/742/220222023641.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/742/220222023641.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 3ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/759/220304073958.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/759/220304073958.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 4ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/768/220311074916.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/768/220311074916.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 5ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/779/220318080704.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/779/220318080704.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 6ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/790/220325080302.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/790/220325080302.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 7ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/805/220408080551.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/805/220408080551.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 8ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/811/220414075723.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/811/220414075723.pdf</t>
   </si>
   <si>
     <t>Ata Electrônica da 9ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/818/220421073957.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/818/220421073957.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 10ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/819/220506065332.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/819/220506065332.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 11ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legisaltura</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/833/220510031003.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/833/220510031003.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 12ª Sessão Ordinária da 6 Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/843/220517042059.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/843/220517042059.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 13ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/847/220520073404.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/847/220520073404.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 14ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/852/ccf31052022_00000.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/852/ccf31052022_00000.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 15ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/854/scan_20220602_191124.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/854/scan_20220602_191124.pdf</t>
   </si>
   <si>
     <t>Ata Electrónica da 16ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legisaltura</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/859/scan_20220609_191908.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/859/scan_20220609_191908.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 17ª Sessão Ordinária da 6ª Sessão legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/864/scan_20220627_144910.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/864/scan_20220627_144910.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 18ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/866/scan_20220630_190739.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/866/scan_20220630_190739.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 19ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/871/scan_20220711_135736.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/871/scan_20220711_135736.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 20ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/875/scan_20220714_192842.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/875/scan_20220714_192842.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 21ª Sessão Ordinária da 6 Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/879/scan_20220804_184433.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/879/scan_20220804_184433.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 22ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/882/scan_20220811_190152.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/882/scan_20220811_190152.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 23ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/890/scan_20220818_190603.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/890/scan_20220818_190603.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 24ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/893/scan_20220822_184511.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/893/scan_20220822_184511.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 25ª Sessão ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/897/scan_20220822_184511.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/897/scan_20220822_184511.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 25ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/904/scan_20220901_191615.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/904/scan_20220901_191615.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 26ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/916/scan_20220915_185734.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/916/scan_20220915_185734.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 28ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legisaltura</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/922/scan_20220922_192420.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/922/scan_20220922_192420.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 29ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/937/scan_20221010_143811.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/937/scan_20221010_143811.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 30ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/942/scan_20221013_190306.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/942/scan_20221013_190306.pdf</t>
   </si>
   <si>
     <t>Ata Electrônica da 31ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/951/scan_20221024_145815.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/951/scan_20221024_145815.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 32ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/965/ata_33.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/965/ata_33.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 33ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/971/ata_34.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/971/ata_34.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 34ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/976/ata_35.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/976/ata_35.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 35ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/981/ata_36.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/981/ata_36.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 36ª Sessão Ordinária da da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/988/scan_20221130_153759.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/988/scan_20221130_153759.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 37ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/995/scan_20221201_193128.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/995/scan_20221201_193128.pdf</t>
   </si>
   <si>
     <t>Ata Electrônica da 38ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/998/scan_20221212_153346.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/998/scan_20221212_153346.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 39ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1010/scan_20221219_145611.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1010/scan_20221219_145611.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 40ª Sessão Ordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>ATAEX</t>
   </si>
   <si>
     <t>Ata de Sessão Extraordinária do Plenário Físico</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/704/220128074057.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/704/220128074057.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 1ª Sessão Extraordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/743/220222024400.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/743/220222024400.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 2ª Sessão Extraordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/754/220222074518.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/754/220222074518.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 3ª Sessão Extraordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/930/scan_20221003_144218.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/930/scan_20221003_144218.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 4ª Sessão Extraordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/982/ata_5.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/982/ata_5.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 5ª Sessão Extraordinária da 6ª Sessão Legislativa da 8 Legislatura</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1023/scan_20230202_162457.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1023/scan_20230202_162457.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 6ª Sessão Extraordinária da 6ª Sessão Legisaltiva da 8ª Legislatura</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1024/scan_20230202_162859.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1024/scan_20230202_162859.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 7ª Sessão Extraordinária da 6ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3761,67 +3761,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/693/oficio_n_63_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/700/oficio_66.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/701/oficio_67.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/702/oficio_68.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/714/oficio_n_84_2022_jur.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/715/oficio_n_88_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/716/oficio_n_89_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/717/oficio_n_90_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/718/oficio_n_91_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/719/oficio_n_92_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/735/oficio_n_94_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/736/oficio_n_99_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/744/oficio_n_121_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/766/oficio_n_143_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/767/oficio_n_146_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/769/oficio_n_147_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/771/oficio_n_148_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/777/oficio_n_153_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/780/oficio_n_179_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/793/220407045529.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/794/oficio_n_212_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/795/oficio_n_213_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/796/oficio_n_214_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/797/oficio_n_215_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/798/oficio_n_216_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/806/oficio_n_220_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/807/oficio_n_222_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/812/oficio_n_233_20022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/813/oficio_n_234_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/814/oficio_n_236_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/829/oficio_n_249_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/834/oficio_n_270_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/836/oficio_n_272_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/842/oficio_n_277_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/848/oficio_n_288_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/860/oficio_n_313_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/861/oficio_n_325_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/863/oficio_n_326_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/872/oficio_n_359_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/874/oficio_n_360_2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/873/oficio_n_361_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/880/oficio_n_365_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/885/oficio_n_367_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/887/oficio_n_368_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/892/oficio_n_381_20221.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/895/oficio_n_388_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/896/oficio_n_389_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/901/oficio_n_390_2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/908/oficio_n_391_2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/909/oficio_n_392_2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/911/oficio_n_408_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/923/oficio_n_411_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/934/oficio_n_498_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/945/oficio_n_503_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/952/oficio_n_520_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/953/pl_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/962/oficio_n_526_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/967/oficio_n_527_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/966/oficio_n_528_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/977/oficio_n_533_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/980/oficio_n_547_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/983/oficio_n_551_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/984/oficio_n_552_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/991/scan_20221201_162425.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/996/oficio_n_572_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1011/oficio_n_585_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1012/oficio_n_586_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1013/oficio_n_587_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1014/oficio_n_589_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/929/oficio_n_495_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/956/oficio_n_523_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/978/oficio_n_534_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/979/oficio_n_546_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/992/scan_20221201_162816.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1006/oficio_n_577_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1007/oficio_n_578_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/711/220204063758.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/888/scan_20220818_170908.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/710/220204062506.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/738/220218064339.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/957/scan_20221027_182351.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/964/pl_04.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/723/220210061043.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/881/scan_20220811_182956.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/902/scan_20220901_191323.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/709/220204061830.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/963/scan_20221103_160810.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/745/220222053547.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/862/pedido_de_informacoes_02_2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/936/scan_20221006_182132.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/725/220211035725.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/726/220211035743.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/727/220211035801.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/746/220222060017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/758/220304064433.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/761/220311074117.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/763/220311074134.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/764/220311074152.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/765/220311074209.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/789/220325070103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/792/220408062115.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/800/220408044334.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/801/220408044359.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/802/220408065522.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/803/220408065540.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/804/220408050151.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/815/220421070704.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/816/220421070721.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/817/220421061836.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/832/220506065537.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/840/220513065612.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/841/220513065641.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/853/scan_20220602_182622.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/858/scan_20220609_190324.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/865/scan_20220630_182546.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/870/scan_20220707_181018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/889/scan_20220818_181657.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/903/indicacao_28_-_aquisicao_de_equipamentos_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/917/scan_20220919_161234.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/918/scan_20220922_151350.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/920/scan_20221006_194007.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/921/scan_20221006_194146.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/935/scan_20221006_181936.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/943/scan_20221024_153543.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/946/scan_20221024_153651.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/947/scan_20221024_153823.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/954/scan_20221027_182220.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/993/scan_20221201_171213.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/994/scan_20221201_182552.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/748/oficio_n_122_2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/990/scan_20221201_180002.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/696/220125031333.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/762/220309034632.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/770/220315024256.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/784/oficio_ministerio_da_agricultura.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/791/mocao_apelo_saude.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/830/220506041926.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/831/220506041926.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/886/scan_20220817_150122.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/912/scan_20220915_160647.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/690/oficio_n_01_2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/691/oficio_n_02_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/720/oficio_n_010_2022_gab.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/692/oficio_n_21_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/695/oficio_n_64_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/694/oficio_n_65_2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/703/oficio_n_69_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/705/oficio_n_70_2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/706/oficio_n_71_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/707/oficio_n_85_2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/708/oficio_n_86_2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/737/oficio_n_100_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/760/resposta_requerimento_informacao_n_01_2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/749/oficio_n_123_2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/750/oficio_n_124_2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/751/oficio_n_125_2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/752/oficio_n_126_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/753/oficio_n_127_2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/775/oficio_n_151_2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/776/oficio_n_152_2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/781/oficio_n_180_2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/782/oficio_n_181_2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/783/oficio_n_182_2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/785/oficio_n_183_2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/799/220407053535.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/835/oficio_n_271_2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/883/oficio_n_366_2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/891/oficio_n_379_2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/894/oficio_n_387_2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/910/oficio_n_493_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/919/justificativa_2209.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/928/oficio_n_494_2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/938/oficio_n_499_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/944/oficio_n_502_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/948/oficio_n_505_req_informacao.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/949/oficio_n_514_20221.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/950/oficio_n_515_2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/955/oficio_n_522_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1008/oficio_n_581_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/729/ata_cljr_26_01_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/732/ata_cljr_09_02_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/739/ata_cljr_16_02_2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/755/ata_cljr_21_02_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/772/ata_cljr_09_03_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/786/ata_cljr_16032022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/808/ata_cljr_06_04_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/820/ata_cljr_13_04_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/821/ata_cljr_19_04_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/822/ata_cljr_27_04_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/837/ata_cljr_04_05_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/844/ata_cljr_11_05_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/849/ata_cljr_18_05_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/855/ata_cljr_01_06_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/867/ata_cljr_29_06_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/876/ata_cljr_14_07_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/898/ata_cljr_17_08_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/905/ata_cljr_05_09_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/913/ata_cljr_05_09_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/924/ata_cljr_22_09_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/933/ata_cljr_28_09_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/939/ata_cljr_05_10_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/958/ata_cljr_19102022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/959/ata_cljr_27102022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/968/ata_cljr_01112022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/972/ata_cljr_07112022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/985/ata_cljr_16112022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/999/ata_23112022_cljr.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1002/ata_09122022_cljr.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1015/ata_cljr_14122022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1020/ata_cljr_21122022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/730/ata_cfocm_26_01_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/733/ata_cfocm_09_02_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/740/ata_cfocm_16_02_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/756/ata_cfocm_21_02_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/773/ata_cfocm_09_03_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/787/ata_cfocm_16032022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/809/ata_cfocm_06_04_2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/823/ata_cfocm_13_04_2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/824/ata_cfocm_19_04_2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/825/ata_cfocm_27_04_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/838/ata_cfocm_04_05_2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/845/ata_cfocm_11_05_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/850/ata_cfoc_18_05_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/856/ata_cfocm_01_06_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/868/ata_cfocm_29_06_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/877/ata_cfocm_14_07_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/899/ata_cfocm_17_08_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/906/ata_cfocm_31_08_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/914/ata_cfocm_05_09_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/925/ata_cfocm_22_09_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/932/ata_cfocm_28_09_2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/940/ata_cfocm_05_10_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/960/ata_cfocm_27102022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/969/ata_cfocm_01112022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/973/ata_cfocm_07112022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/986/ata_cfocm_16112022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1000/ata_23112022_cfocm.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1003/ata_09122022_cfocm.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1016/ata_cfocm_14122022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1021/ata_cfocm_21122022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/731/ata_csp_26_01_2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/734/ata_csp_09_02_2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/741/ata_csp_16_02_2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/757/ata_csp_21_02_2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/774/ata_csp_09_03_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/788/ata_csp_16032022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/810/ata_csp_06_04_2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/826/ata_csp_13_04_2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/827/ata_csp_19_04_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/828/ata_csp_27_04_2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/839/ata_csp_04_05_2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/846/ata_csp_12_05_2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/851/ata_csp_19_05_2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/857/ata_csp_01_06_2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/869/ata_csp_29_06_2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/878/ata_csp_14_07_2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/900/ata_csp_17_08_2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/907/ata_csp_01_09_2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/915/ata_csp_05_09_2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/926/ata_csp_22_09_2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/931/ata_csp_28_09_2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/941/ata_csp_05_10_2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/961/ata_csp_27102022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/970/ata_csp_01112022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/974/ata_csp_07112022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/987/ata_csp_16112022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1001/ata_23112022_csp.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1004/ata_09122022_csp.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1017/ata_csp_14122022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1022/ata_csp_21122022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/713/220204072949.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/724/220210082806.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/742/220222023641.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/759/220304073958.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/768/220311074916.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/779/220318080704.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/790/220325080302.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/805/220408080551.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/811/220414075723.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/818/220421073957.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/819/220506065332.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/833/220510031003.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/843/220517042059.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/847/220520073404.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/852/ccf31052022_00000.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/854/scan_20220602_191124.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/859/scan_20220609_191908.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/864/scan_20220627_144910.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/866/scan_20220630_190739.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/871/scan_20220711_135736.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/875/scan_20220714_192842.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/879/scan_20220804_184433.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/882/scan_20220811_190152.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/890/scan_20220818_190603.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/893/scan_20220822_184511.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/897/scan_20220822_184511.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/904/scan_20220901_191615.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/916/scan_20220915_185734.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/922/scan_20220922_192420.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/937/scan_20221010_143811.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/942/scan_20221013_190306.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/951/scan_20221024_145815.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/965/ata_33.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/971/ata_34.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/976/ata_35.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/981/ata_36.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/988/scan_20221130_153759.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/995/scan_20221201_193128.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/998/scan_20221212_153346.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1010/scan_20221219_145611.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/704/220128074057.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/743/220222024400.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/754/220222074518.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/930/scan_20221003_144218.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/982/ata_5.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1023/scan_20230202_162457.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1024/scan_20230202_162859.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/693/oficio_n_63_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/700/oficio_66.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/701/oficio_67.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/702/oficio_68.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/714/oficio_n_84_2022_jur.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/715/oficio_n_88_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/716/oficio_n_89_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/717/oficio_n_90_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/718/oficio_n_91_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/719/oficio_n_92_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/735/oficio_n_94_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/736/oficio_n_99_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/744/oficio_n_121_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/766/oficio_n_143_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/767/oficio_n_146_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/769/oficio_n_147_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/771/oficio_n_148_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/777/oficio_n_153_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/780/oficio_n_179_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/793/220407045529.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/794/oficio_n_212_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/795/oficio_n_213_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/796/oficio_n_214_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/797/oficio_n_215_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/798/oficio_n_216_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/806/oficio_n_220_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/807/oficio_n_222_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/812/oficio_n_233_20022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/813/oficio_n_234_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/814/oficio_n_236_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/829/oficio_n_249_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/834/oficio_n_270_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/836/oficio_n_272_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/842/oficio_n_277_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/848/oficio_n_288_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/860/oficio_n_313_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/861/oficio_n_325_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/863/oficio_n_326_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/872/oficio_n_359_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/874/oficio_n_360_2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/873/oficio_n_361_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/880/oficio_n_365_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/885/oficio_n_367_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/887/oficio_n_368_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/892/oficio_n_381_20221.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/895/oficio_n_388_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/896/oficio_n_389_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/901/oficio_n_390_2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/908/oficio_n_391_2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/909/oficio_n_392_2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/911/oficio_n_408_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/923/oficio_n_411_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/934/oficio_n_498_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/945/oficio_n_503_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/952/oficio_n_520_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/953/pl_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/962/oficio_n_526_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/967/oficio_n_527_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/966/oficio_n_528_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/977/oficio_n_533_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/980/oficio_n_547_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/983/oficio_n_551_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/984/oficio_n_552_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/991/scan_20221201_162425.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/996/oficio_n_572_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1011/oficio_n_585_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1012/oficio_n_586_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1013/oficio_n_587_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1014/oficio_n_589_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/929/oficio_n_495_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/956/oficio_n_523_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/978/oficio_n_534_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/979/oficio_n_546_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/992/scan_20221201_162816.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1006/oficio_n_577_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1007/oficio_n_578_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/711/220204063758.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/888/scan_20220818_170908.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/710/220204062506.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/738/220218064339.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/957/scan_20221027_182351.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/964/pl_04.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/723/220210061043.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/881/scan_20220811_182956.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/902/scan_20220901_191323.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/709/220204061830.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/963/scan_20221103_160810.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/745/220222053547.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/862/pedido_de_informacoes_02_2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/936/scan_20221006_182132.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/725/220211035725.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/726/220211035743.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/727/220211035801.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/746/220222060017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/758/220304064433.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/761/220311074117.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/763/220311074134.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/764/220311074152.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/765/220311074209.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/789/220325070103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/792/220408062115.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/800/220408044334.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/801/220408044359.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/802/220408065522.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/803/220408065540.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/804/220408050151.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/815/220421070704.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/816/220421070721.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/817/220421061836.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/832/220506065537.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/840/220513065612.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/841/220513065641.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/853/scan_20220602_182622.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/858/scan_20220609_190324.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/865/scan_20220630_182546.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/870/scan_20220707_181018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/889/scan_20220818_181657.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/903/indicacao_28_-_aquisicao_de_equipamentos_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/917/scan_20220919_161234.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/918/scan_20220922_151350.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/920/scan_20221006_194007.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/921/scan_20221006_194146.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/935/scan_20221006_181936.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/943/scan_20221024_153543.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/946/scan_20221024_153651.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/947/scan_20221024_153823.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/954/scan_20221027_182220.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/993/scan_20221201_171213.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/994/scan_20221201_182552.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/748/oficio_n_122_2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/990/scan_20221201_180002.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/696/220125031333.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/762/220309034632.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/770/220315024256.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/784/oficio_ministerio_da_agricultura.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/791/mocao_apelo_saude.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/830/220506041926.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/831/220506041926.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/886/scan_20220817_150122.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/912/scan_20220915_160647.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/690/oficio_n_01_2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/691/oficio_n_02_2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/720/oficio_n_010_2022_gab.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/692/oficio_n_21_2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/695/oficio_n_64_2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/694/oficio_n_65_2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/703/oficio_n_69_2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/705/oficio_n_70_2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/706/oficio_n_71_2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/707/oficio_n_85_2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/708/oficio_n_86_2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/737/oficio_n_100_2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/760/resposta_requerimento_informacao_n_01_2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/749/oficio_n_123_2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/750/oficio_n_124_2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/751/oficio_n_125_2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/752/oficio_n_126_2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/753/oficio_n_127_2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/775/oficio_n_151_2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/776/oficio_n_152_2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/781/oficio_n_180_2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/782/oficio_n_181_2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/783/oficio_n_182_2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/785/oficio_n_183_2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/799/220407053535.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/835/oficio_n_271_2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/883/oficio_n_366_2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/891/oficio_n_379_2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/894/oficio_n_387_2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/910/oficio_n_493_2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/919/justificativa_2209.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/928/oficio_n_494_2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/938/oficio_n_499_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/944/oficio_n_502_2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/948/oficio_n_505_req_informacao.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/949/oficio_n_514_20221.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/950/oficio_n_515_2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/955/oficio_n_522_2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1008/oficio_n_581_2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/729/ata_cljr_26_01_2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/732/ata_cljr_09_02_2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/739/ata_cljr_16_02_2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/755/ata_cljr_21_02_2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/772/ata_cljr_09_03_2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/786/ata_cljr_16032022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/808/ata_cljr_06_04_2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/820/ata_cljr_13_04_2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/821/ata_cljr_19_04_2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/822/ata_cljr_27_04_2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/837/ata_cljr_04_05_2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/844/ata_cljr_11_05_2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/849/ata_cljr_18_05_2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/855/ata_cljr_01_06_2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/867/ata_cljr_29_06_2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/876/ata_cljr_14_07_2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/898/ata_cljr_17_08_2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/905/ata_cljr_05_09_2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/913/ata_cljr_05_09_2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/924/ata_cljr_22_09_2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/933/ata_cljr_28_09_2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/939/ata_cljr_05_10_2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/958/ata_cljr_19102022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/959/ata_cljr_27102022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/968/ata_cljr_01112022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/972/ata_cljr_07112022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/985/ata_cljr_16112022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/999/ata_23112022_cljr.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1002/ata_09122022_cljr.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1015/ata_cljr_14122022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1020/ata_cljr_21122022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/730/ata_cfocm_26_01_2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/733/ata_cfocm_09_02_2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/740/ata_cfocm_16_02_2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/756/ata_cfocm_21_02_2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/773/ata_cfocm_09_03_2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/787/ata_cfocm_16032022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/809/ata_cfocm_06_04_2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/823/ata_cfocm_13_04_2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/824/ata_cfocm_19_04_2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/825/ata_cfocm_27_04_2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/838/ata_cfocm_04_05_2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/845/ata_cfocm_11_05_2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/850/ata_cfoc_18_05_2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/856/ata_cfocm_01_06_2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/868/ata_cfocm_29_06_2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/877/ata_cfocm_14_07_2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/899/ata_cfocm_17_08_2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/906/ata_cfocm_31_08_2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/914/ata_cfocm_05_09_2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/925/ata_cfocm_22_09_2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/932/ata_cfocm_28_09_2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/940/ata_cfocm_05_10_2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/960/ata_cfocm_27102022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/969/ata_cfocm_01112022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/973/ata_cfocm_07112022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/986/ata_cfocm_16112022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1000/ata_23112022_cfocm.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1003/ata_09122022_cfocm.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1016/ata_cfocm_14122022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1021/ata_cfocm_21122022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/731/ata_csp_26_01_2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/734/ata_csp_09_02_2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/741/ata_csp_16_02_2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/757/ata_csp_21_02_2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/774/ata_csp_09_03_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/788/ata_csp_16032022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/810/ata_csp_06_04_2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/826/ata_csp_13_04_2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/827/ata_csp_19_04_2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/828/ata_csp_27_04_2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/839/ata_csp_04_05_2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/846/ata_csp_12_05_2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/851/ata_csp_19_05_2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/857/ata_csp_01_06_2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/869/ata_csp_29_06_2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/878/ata_csp_14_07_2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/900/ata_csp_17_08_2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/907/ata_csp_01_09_2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/915/ata_csp_05_09_2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/926/ata_csp_22_09_2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/931/ata_csp_28_09_2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/941/ata_csp_05_10_2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/961/ata_csp_27102022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/970/ata_csp_01112022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/974/ata_csp_07112022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/987/ata_csp_16112022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1001/ata_23112022_csp.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1004/ata_09122022_csp.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1017/ata_csp_14122022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1022/ata_csp_21122022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/713/220204072949.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/724/220210082806.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/742/220222023641.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/759/220304073958.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/768/220311074916.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/779/220318080704.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/790/220325080302.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/805/220408080551.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/811/220414075723.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/818/220421073957.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/819/220506065332.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/833/220510031003.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/843/220517042059.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/847/220520073404.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/852/ccf31052022_00000.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/854/scan_20220602_191124.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/859/scan_20220609_191908.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/864/scan_20220627_144910.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/866/scan_20220630_190739.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/871/scan_20220711_135736.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/875/scan_20220714_192842.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/879/scan_20220804_184433.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/882/scan_20220811_190152.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/890/scan_20220818_190603.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/893/scan_20220822_184511.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/897/scan_20220822_184511.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/904/scan_20220901_191615.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/916/scan_20220915_185734.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/922/scan_20220922_192420.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/937/scan_20221010_143811.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/942/scan_20221013_190306.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/951/scan_20221024_145815.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/965/ata_33.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/971/ata_34.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/976/ata_35.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/981/ata_36.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/988/scan_20221130_153759.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/995/scan_20221201_193128.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/998/scan_20221212_153346.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1010/scan_20221219_145611.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/704/220128074057.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/743/220222024400.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/754/220222074518.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/930/scan_20221003_144218.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/982/ata_5.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1023/scan_20230202_162457.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2022/1024/scan_20230202_162859.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H325"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="161.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>