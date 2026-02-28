--- v0 (2025-12-08)
+++ v1 (2026-02-28)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1432" uniqueCount="624">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1528" uniqueCount="662">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -501,50 +501,62 @@
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1754/brnb42200d17b88_002035.pdf</t>
   </si>
   <si>
     <t>"ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº814/2011 QUE AUTORIZA O CHEFE DO PODER EXECUTIVO A FORNECER VALE-ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1755/pl_41.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR UM BEM IMÓVEL AO ESTADO DE SANTA CATARINA, PARA USO INSTITUCIONAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1763</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1763/brnb42200d17b88_002075.pdf</t>
+  </si>
+  <si>
+    <t>"AUMENTA O VALOR DO REPASSE ANUAL, À FUNDAÇÃO HOSPITALAR DE CURITIBANOS, ADMINISTRADORA DO HOSPITAL HÉLIO DOS ANJOS ORTIZ, ALTERA A LEI Nº 1.117/2018, DE 24 DE AGOSTO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
     <t>1594</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Poder Executivo</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1594/projeto_de_lei_complementar_02_de_2025.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI COMPLEMENTAR Nº 138, DE 18 DE NOVEMBRO DE 2024.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1634/brnb42200d17b88_001253.pdf</t>
   </si>
   <si>
     <t>"CRIA REGRAS SOBRE O CUMPRIMENTO DA HORA ATIVIDADE E O PAGAMENTO DE AULAS EXCEDENTES NAS UNIDADES ESCOLARES DA REDE PÚBLICA MUNICIPAL, ALTERA NOMENCLATURA E REGIME JURÍDICO DOS CARGOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS".</t>
@@ -603,50 +615,59 @@
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1725/pl_c_10.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ARTIGO 115 DA LEI COMPLEMENTAR MUNICIPAL Nº17, DE 14 DE DEZEMBRO DE 2006, QUE DISPÕE SOBRE O ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE MONTE CARLO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1726/pl_c_11_anistia.pdf</t>
   </si>
   <si>
     <t>"CONCEDE ANISTIA, PARCELAMENTO E BENEFÍCIOS PARA O PAGAMENTO DE DÉBITOS DE COMPETÊNCIA DO MUNICÍPIO, CONCEDE REMISSÃO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1745/pl_c_12.pdf</t>
   </si>
   <si>
+    <t>1764</t>
+  </si>
+  <si>
+    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1764/pl_c_13.pdf</t>
+  </si>
+  <si>
+    <t>"CRIA OS CARGOS EFETIVOS AUMENTA O NÚMERO DE VAGAS E ALTERA CARGA HORÁRIA DOS CARGOS QUE ESPECIFICA".</t>
+  </si>
+  <si>
     <t>1640</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Poder Legislativo</t>
   </si>
   <si>
     <t>Carlos Alberto Correa de Almeida, Dirceu de Souza, Emersson de Oliveira</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1640/brnb42200d17b88_001329.pdf</t>
   </si>
   <si>
     <t>"ALTERA O VENCIMENTO DO CARGO DE PROVIMENTO EFETIVO DE MOTORISTA".</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>Volnir Stratmann</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1740/brnb42200d17b88_001858.pdf</t>
@@ -687,50 +708,65 @@
   <si>
     <t>Fixa o prazo para adequação da acessibilidade das edificações situadas no Município de Monte Carlo e dá outras providências.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1625/brnb42200d17b88_001198.pdf</t>
   </si>
   <si>
     <t>"Altera o Anexo I da Lei Complementar nº 109, de 29 de novembro de 2019".</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>Emersson de Oliveira</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1714/brnb42200d17b88_001620.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre e proibição do vendedor ambulante não estabelecido em Monte Carlo vender qualquer tipo de produto ou mercadoria nas localidades ou vias públicas fora dos lugares específicos e autorizados pelo Poder Público.</t>
   </si>
   <si>
+    <t>1760</t>
+  </si>
+  <si>
+    <t>DL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1760/brnb42200d17b88_002059.pdf</t>
+  </si>
+  <si>
+    <t>"DISPÕE ACERCA DA APRECIAÇÃO DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE SANTA CATARINA, QUE TRATA DA PRESTAÇÃO DE CONTAS DA PREFEITA, RELATIVA AO EXERCÍCIO DE 2024".</t>
+  </si>
+  <si>
     <t>1741</t>
   </si>
   <si>
     <t>RESOL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1741/brnb42200d17b88_001977.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Código de Ética Parlamentar da Câmara Municipal de Monte Carlo/SC.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1589/brnb42200d17b88_001157.pdf</t>
@@ -1299,95 +1335,116 @@
   <si>
     <t>"Que o Poder Executivo efetue a devida recuperação asfáltica da Rua Sebastião Nunes Gonçalves, em especial no perímetro identificado nos arredores da loja Paulo Móveis, que se encontra localizada no centro da cidade".</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1711/brnb42200d17b88_001624.pdf</t>
   </si>
   <si>
     <t>Que seja promovida a recuperação das estradas que ligam a comunidade de Linha Moraes e Linha Vicente.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1723/brnb42200d17b88_001694.pdf</t>
   </si>
   <si>
     <t>"Que seja providenciado a troca dos bancos do Posto de Saúde Central".</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>42</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1724/brnb42200d17b88_001695.pdf</t>
   </si>
   <si>
     <t>"Que seja providenciado a colocação de um ponto de ônibus no Bairro Alto do Montes".</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1727/brnb42200d17b88_001705.pdf</t>
   </si>
   <si>
     <t>"Que seja disponibilizado um profissional da área da saúde, de modo que permaneça à disposição nos velórios ocorridos na casa mortuária municipal para que dê amparo e atenção aos presentes em caso de eventual emergência".</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1728/brnb42200d17b88_001706.pdf</t>
   </si>
   <si>
     <t>“Que tome providencias, notificando a empresa de coleta de lixo para que altere o procedimento de recolhimento de resíduos, não mais deixando os sacos de lixo amontoados para a posterior coleta, uma vez que os cachorros de rua acabam mordendo e rasgando os sacos espalhando todo o lixo pela rua, o que acaba não sendo recolhido pelos coletores”.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1750/brnb42200d17b88_001962.pdf</t>
   </si>
   <si>
     <t>“Que seja realizado o patrolamento e cascalhamento na Rua Maria de Lurdes Pisani Bairro Por do Sol”.</t>
   </si>
   <si>
+    <t>1758</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1758/brnb42200d17b88_002058.pdf</t>
+  </si>
+  <si>
+    <t>“Que seja realizado melhorias na estrada que dá acesso a propriedade do Senhor Gueller, na localidade de Butiazinho”.</t>
+  </si>
+  <si>
+    <t>1759</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1759/brnb42200d17b88_002063.pdf</t>
+  </si>
+  <si>
+    <t>“Que seja realizado melhorias na estrada que dá acesso a propriedade do Senhor Júnior Pauletti, nas proximidades da Vila Imasa”.</t>
+  </si>
+  <si>
     <t>1580</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata da Sessão</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1580/brnb42200d17b88_000932.pdf</t>
   </si>
   <si>
     <t>Ata da 3ª Sessão Solene da 1ª Sessão Legislativa da 9ª Legislatura (2025/2028)</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>OFC</t>
   </si>
   <si>
     <t>Ofício do Poder Executivo</t>
@@ -1452,83 +1509,98 @@
   <si>
     <t>422</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1739/brnb42200d17b88_001847.pdf</t>
   </si>
   <si>
     <t>Reapreciação da Matéria Projeto de Lei Complementar Nº 04/2025</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1756/brnb42200d17b88_002048.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do artigo 9º do Projeto de Lei nº 36/2025.</t>
   </si>
   <si>
+    <t>1766</t>
+  </si>
+  <si>
+    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1766/brnb42200d17b88_002108.pdf</t>
+  </si>
+  <si>
+    <t>"Modifica a redação do Projeto de Lei Complementar Municipal nº13/2025".</t>
+  </si>
+  <si>
     <t>1572</t>
   </si>
   <si>
     <t>PROC</t>
   </si>
   <si>
     <t>Processo Administrativo</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1572/brnb42200d17b88_000863.pdf</t>
   </si>
   <si>
     <t>Sessão Solene para Compromisso de Posse e Instalação da Legislatura 2025/2028</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1576/brnb42200d17b88_000882.pdf</t>
   </si>
   <si>
     <t>Sessão Solene de Eleição da Mesa Diretora para o Ano de 2025.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Eleição das Comissões Temáticas para o ano de 2025.</t>
   </si>
   <si>
+    <t>1765</t>
+  </si>
+  <si>
+    <t>PROCESSO ADMINISTRATIVO - ELEIÇÃO DA MESA DIRETORA DA CÂMARA PARA O ANUÊNIO DE 2026.</t>
+  </si>
+  <si>
     <t>1583</t>
   </si>
   <si>
     <t>ATAPL</t>
   </si>
   <si>
     <t>Ata de Sessão Ordinária do Plenário Físico</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1583/brnb42200d17b88_000934.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 1ª Sessão Ordinária da 1ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1586/brnb42200d17b88_000970.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 2ª Sessão Ordinária da 1ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
     <t>1593</t>
@@ -1833,99 +1905,141 @@
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1747/brnb42200d17b88_001896.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 36ª Sessão Ordinária da 1ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1751/brnb42200d17b88_001984.pdf</t>
   </si>
   <si>
     <t>Ata a Eletrônica da 37ª Sessão Ordinária da 1ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1752/brnb42200d17b88_002001.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 38ª Sessão Ordinária da 1ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
+    <t>1757</t>
+  </si>
+  <si>
+    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1757/brnb42200d17b88_002055.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 39ª Sessão Ordinária da 1ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>1761</t>
+  </si>
+  <si>
+    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1761/brnb42200d17b88_002066.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 40ª Sessão Ordinária da 1ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>1767</t>
+  </si>
+  <si>
+    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1767/brnb42200d17b88_002111.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 41ª Sessão Ordinária da 1ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>1769</t>
+  </si>
+  <si>
+    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1769/brnb42200d17b88_002126.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 42ª Sessão Ordinária da 1ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
     <t>1600</t>
   </si>
   <si>
     <t>ATAEX</t>
   </si>
   <si>
     <t>Ata de Sessão Extraordinária do Plenário Físico</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1600/brnb42200d17b88_001018.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 1ª Sessão Extraordinária da 1ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1658/brnb42200d17b88_001399.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 2ª Sessão Extraordinária da 1ª Sessão Legislativa da 8ª Legislatura</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1677/brnb42200d17b88_001490.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 3ª Sessão Extraordinária da 1ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1733/brnb42200d17b88_001816.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 4ª Sessão Extraordinária da 1ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1746/brnb42200d17b88_001889.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 5ª Sessão Extraordinária da 1ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>1762</t>
+  </si>
+  <si>
+    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1762/brnb42200d17b88_002068.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2229,56 +2343,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1584/brnb42200d17b88_000953.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1606/projeto_04_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1613/brnb42200d17b88_001159.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1614/projeto_n_06_calendario_oficial.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1627/projeto_de_lei_n07_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1648/brnb42200d17b88_001355.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1656/brnb42200d17b88_001388.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1659/brnb42200d17b88_001401.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1660/brnb42200d17b88_001404.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1661/brnb42200d17b88_001407.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1662/brnb42200d17b88_001410.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1663/brnb42200d17b88_001415.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1669/brnb42200d17b88_001475.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1670/brnb42200d17b88_001468.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1671/brnb42200d17b88_001460.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1678/projeto_de_lei_no_18.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1679/projeto_no_19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1680/projeto_de_lei_n_20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1691/pl_no_21.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1694/pl_22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1704/brnb42200d17b88_001577.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1706/pl_24.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1707/pl_25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1708/pl_26.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1709/pl_27.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1712/pl_no_28.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1713/pl_no_29.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1718/pl_30.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1719/pl_31.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1734/pl_32.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1735/pl_33.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1736/brnb42200d17b88_001828.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1737/pl_35.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1742/brnb42200d17b88_001865.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1748/brnb42200d17b88_001952.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1749/pl_38.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1753/pl_no_39.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1754/brnb42200d17b88_002035.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1755/pl_41.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1594/projeto_de_lei_complementar_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1634/brnb42200d17b88_001253.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1635/brnb42200d17b88_001277.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1636/brnb42200d17b88_001264.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1672/brnb42200d17b88_001441.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1673/brnb42200d17b88_001437.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1692/pl_c_08.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1717/plc_c_09.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1725/pl_c_10.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1726/pl_c_11_anistia.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1745/pl_c_12.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1640/brnb42200d17b88_001329.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1740/brnb42200d17b88_001858.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1579/brnb42200d17b88_000930.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1587/brnb42200d17b88_000967.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1598/brnb42200d17b88_001014.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1625/brnb42200d17b88_001198.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1714/brnb42200d17b88_001620.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1741/brnb42200d17b88_001977.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1589/brnb42200d17b88_001157.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1602/brnb42200d17b88_001026.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1675/brnb42200d17b88_001484.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1608/brnb42200d17b88_001049.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1641/brnb42200d17b88_001314.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1642/brnb42200d17b88_001318.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1645/brnb42200d17b88_001343.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1649/brnb42200d17b88_001360.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1664/brnb42200d17b88_001429.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1685/brnb42200d17b88_001527.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1686/brnb42200d17b88_001528.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1687/brnb42200d17b88_001529.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1688/brnb42200d17b88_001530.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1695/brnb42200d17b88_001552.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1696/brnb42200d17b88_001554.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1697/brnb42200d17b88_001555.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1698/brnb42200d17b88_001556.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1701/brnb42200d17b88_001570.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1702/brnb42200d17b88_001586.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1730/brnb42200d17b88_001715.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1731/brnb42200d17b88_001716.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1581/brnb42200d17b88_000927.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1582/brnb42200d17b88_000929.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1585/brnb42200d17b88_000966.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1590/brnb42200d17b88_000982.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1591/brnb42200d17b88_000984.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1592/brnb42200d17b88_000986.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1595/brnb42200d17b88_000993.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1596/brnb42200d17b88_001012.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1601/brnb42200d17b88_001025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1604/brnb42200d17b88_001041.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1607/brnb42200d17b88_001048.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1610/brnb42200d17b88_001057.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1617/brnb42200d17b88_001125.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1616/brnb42200d17b88_001124.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1618/brnb42200d17b88_001127.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1620/brnb42200d17b88_001148.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1621/brnb42200d17b88_001149.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1622/brnb42200d17b88_001150.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1624/brnb42200d17b88_001180.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1628/brnb42200d17b88_001196.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1629/brnb42200d17b88_001208.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1630/brnb42200d17b88_001197.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1632/brnb42200d17b88_001234.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1644/brnb42200d17b88_001347.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1650/brnb42200d17b88_001361.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1651/brnb42200d17b88_001363.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1654/brnb42200d17b88_001394.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1655/brnb42200d17b88_001395.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1665/brnb42200d17b88_001428.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1667/brnb42200d17b88_001479.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1668/brnb42200d17b88_001482.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1674/brnb42200d17b88_001483.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1681/brnb42200d17b88_001518.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1682/brnb42200d17b88_001514.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1683/brnb42200d17b88_001515.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1689/brnb42200d17b88_001532.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1690/brnb42200d17b88_001533.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1699/brnb42200d17b88_001557.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1703/brnb42200d17b88_001571.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1711/brnb42200d17b88_001624.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1723/brnb42200d17b88_001694.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1724/brnb42200d17b88_001695.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1727/brnb42200d17b88_001705.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1728/brnb42200d17b88_001706.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1750/brnb42200d17b88_001962.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1580/brnb42200d17b88_000932.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1612/brnb42200d17b88_001086.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1615/brnb42200d17b88_001087.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1647/resposta_no_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1653/oficio_279.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1720/oficio_retirada_pl24.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1739/brnb42200d17b88_001847.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1756/brnb42200d17b88_002048.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1572/brnb42200d17b88_000863.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1576/brnb42200d17b88_000882.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1583/brnb42200d17b88_000934.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1586/brnb42200d17b88_000970.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1593/brnb42200d17b88_000979.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1599/brnb42200d17b88_001028.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1603/brnb42200d17b88_001031.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1605/brnb42200d17b88_001043.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1609/brnb42200d17b88_001050.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1611/brnb42200d17b88_001063.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1619/brnb42200d17b88_001130.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1623/brnb42200d17b88_001154.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1626/brnb42200d17b88_001187.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1631/brnb42200d17b88_001211.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1633/brnb42200d17b88_001238.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1637/brnb42200d17b88_001283.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1638/brnb42200d17b88_001293.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1639/brnb42200d17b88_001296.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1643/brnb42200d17b88_001327.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1646/brnb42200d17b88_001352.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1652/brnb42200d17b88_001365.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1657/brnb42200d17b88_001396.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1666/brnb42200d17b88_001430.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1676/brnb42200d17b88_001486.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1684/brnb42200d17b88_001520.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1693/brnb42200d17b88_001536.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1700/brnb42200d17b88_001562.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1705/brnb42200d17b88_001583.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1710/brnb42200d17b88_001602.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1715/brnb42200d17b88_001625.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1721/brnb42200d17b88_001682.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1722/brnb42200d17b88_001687.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1729/brnb42200d17b88_001707.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1732/brnb42200d17b88_001818.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1738/brnb42200d17b88_001844.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1743/brnb42200d17b88_001875.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1744/brnb42200d17b88_001879.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1747/brnb42200d17b88_001896.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1751/brnb42200d17b88_001984.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1752/brnb42200d17b88_002001.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1600/brnb42200d17b88_001018.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1658/brnb42200d17b88_001399.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1677/brnb42200d17b88_001490.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1733/brnb42200d17b88_001816.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1746/brnb42200d17b88_001889.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1584/brnb42200d17b88_000953.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1606/projeto_04_de_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1613/brnb42200d17b88_001159.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1614/projeto_n_06_calendario_oficial.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1627/projeto_de_lei_n07_.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1648/brnb42200d17b88_001355.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1656/brnb42200d17b88_001388.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1659/brnb42200d17b88_001401.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1660/brnb42200d17b88_001404.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1661/brnb42200d17b88_001407.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1662/brnb42200d17b88_001410.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1663/brnb42200d17b88_001415.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1669/brnb42200d17b88_001475.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1670/brnb42200d17b88_001468.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1671/brnb42200d17b88_001460.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1678/projeto_de_lei_no_18.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1679/projeto_no_19.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1680/projeto_de_lei_n_20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1691/pl_no_21.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1694/pl_22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1704/brnb42200d17b88_001577.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1706/pl_24.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1707/pl_25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1708/pl_26.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1709/pl_27.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1712/pl_no_28.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1713/pl_no_29.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1718/pl_30.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1719/pl_31.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1734/pl_32.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1735/pl_33.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1736/brnb42200d17b88_001828.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1737/pl_35.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1742/brnb42200d17b88_001865.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1748/brnb42200d17b88_001952.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1749/pl_38.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1753/pl_no_39.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1754/brnb42200d17b88_002035.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1755/pl_41.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1763/brnb42200d17b88_002075.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1594/projeto_de_lei_complementar_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1634/brnb42200d17b88_001253.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1635/brnb42200d17b88_001277.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1636/brnb42200d17b88_001264.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1672/brnb42200d17b88_001441.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1673/brnb42200d17b88_001437.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1692/pl_c_08.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1717/plc_c_09.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1725/pl_c_10.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1726/pl_c_11_anistia.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1745/pl_c_12.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1764/pl_c_13.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1640/brnb42200d17b88_001329.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1740/brnb42200d17b88_001858.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1579/brnb42200d17b88_000930.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1587/brnb42200d17b88_000967.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1598/brnb42200d17b88_001014.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1625/brnb42200d17b88_001198.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1714/brnb42200d17b88_001620.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1760/brnb42200d17b88_002059.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1741/brnb42200d17b88_001977.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1589/brnb42200d17b88_001157.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1602/brnb42200d17b88_001026.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1675/brnb42200d17b88_001484.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1608/brnb42200d17b88_001049.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1641/brnb42200d17b88_001314.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1642/brnb42200d17b88_001318.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1645/brnb42200d17b88_001343.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1649/brnb42200d17b88_001360.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1664/brnb42200d17b88_001429.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1685/brnb42200d17b88_001527.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1686/brnb42200d17b88_001528.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1687/brnb42200d17b88_001529.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1688/brnb42200d17b88_001530.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1695/brnb42200d17b88_001552.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1696/brnb42200d17b88_001554.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1697/brnb42200d17b88_001555.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1698/brnb42200d17b88_001556.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1701/brnb42200d17b88_001570.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1702/brnb42200d17b88_001586.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1730/brnb42200d17b88_001715.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1731/brnb42200d17b88_001716.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1581/brnb42200d17b88_000927.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1582/brnb42200d17b88_000929.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1585/brnb42200d17b88_000966.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1590/brnb42200d17b88_000982.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1591/brnb42200d17b88_000984.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1592/brnb42200d17b88_000986.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1595/brnb42200d17b88_000993.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1596/brnb42200d17b88_001012.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1601/brnb42200d17b88_001025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1604/brnb42200d17b88_001041.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1607/brnb42200d17b88_001048.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1610/brnb42200d17b88_001057.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1617/brnb42200d17b88_001125.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1616/brnb42200d17b88_001124.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1618/brnb42200d17b88_001127.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1620/brnb42200d17b88_001148.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1621/brnb42200d17b88_001149.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1622/brnb42200d17b88_001150.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1624/brnb42200d17b88_001180.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1628/brnb42200d17b88_001196.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1629/brnb42200d17b88_001208.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1630/brnb42200d17b88_001197.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1632/brnb42200d17b88_001234.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1644/brnb42200d17b88_001347.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1650/brnb42200d17b88_001361.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1651/brnb42200d17b88_001363.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1654/brnb42200d17b88_001394.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1655/brnb42200d17b88_001395.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1665/brnb42200d17b88_001428.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1667/brnb42200d17b88_001479.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1668/brnb42200d17b88_001482.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1674/brnb42200d17b88_001483.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1681/brnb42200d17b88_001518.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1682/brnb42200d17b88_001514.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1683/brnb42200d17b88_001515.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1689/brnb42200d17b88_001532.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1690/brnb42200d17b88_001533.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1699/brnb42200d17b88_001557.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1703/brnb42200d17b88_001571.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1711/brnb42200d17b88_001624.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1723/brnb42200d17b88_001694.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1724/brnb42200d17b88_001695.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1727/brnb42200d17b88_001705.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1728/brnb42200d17b88_001706.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1750/brnb42200d17b88_001962.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1758/brnb42200d17b88_002058.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1759/brnb42200d17b88_002063.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1580/brnb42200d17b88_000932.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1612/brnb42200d17b88_001086.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1615/brnb42200d17b88_001087.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1647/resposta_no_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1653/oficio_279.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1720/oficio_retirada_pl24.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1739/brnb42200d17b88_001847.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1756/brnb42200d17b88_002048.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1766/brnb42200d17b88_002108.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1572/brnb42200d17b88_000863.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1576/brnb42200d17b88_000882.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1583/brnb42200d17b88_000934.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1586/brnb42200d17b88_000970.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1593/brnb42200d17b88_000979.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1599/brnb42200d17b88_001028.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1603/brnb42200d17b88_001031.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1605/brnb42200d17b88_001043.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1609/brnb42200d17b88_001050.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1611/brnb42200d17b88_001063.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1619/brnb42200d17b88_001130.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1623/brnb42200d17b88_001154.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1626/brnb42200d17b88_001187.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1631/brnb42200d17b88_001211.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1633/brnb42200d17b88_001238.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1637/brnb42200d17b88_001283.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1638/brnb42200d17b88_001293.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1639/brnb42200d17b88_001296.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1643/brnb42200d17b88_001327.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1646/brnb42200d17b88_001352.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1652/brnb42200d17b88_001365.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1657/brnb42200d17b88_001396.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1666/brnb42200d17b88_001430.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1676/brnb42200d17b88_001486.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1684/brnb42200d17b88_001520.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1693/brnb42200d17b88_001536.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1700/brnb42200d17b88_001562.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1705/brnb42200d17b88_001583.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1710/brnb42200d17b88_001602.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1715/brnb42200d17b88_001625.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1721/brnb42200d17b88_001682.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1722/brnb42200d17b88_001687.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1729/brnb42200d17b88_001707.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1732/brnb42200d17b88_001818.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1738/brnb42200d17b88_001844.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1743/brnb42200d17b88_001875.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1744/brnb42200d17b88_001879.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1747/brnb42200d17b88_001896.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1751/brnb42200d17b88_001984.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1752/brnb42200d17b88_002001.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1757/brnb42200d17b88_002055.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1761/brnb42200d17b88_002066.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1767/brnb42200d17b88_002111.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1769/brnb42200d17b88_002126.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1600/brnb42200d17b88_001018.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1658/brnb42200d17b88_001399.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1677/brnb42200d17b88_001490.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1733/brnb42200d17b88_001816.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1746/brnb42200d17b88_001889.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2025/1762/brnb42200d17b88_002068.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H179"/>
+  <dimension ref="A1:H191"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="82.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="116.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -3297,3654 +3411,3966 @@
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>161</v>
       </c>
       <c r="H40" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>163</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>10</v>
+        <v>164</v>
       </c>
       <c r="D41" t="s">
-        <v>164</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>165</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H41" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>167</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="s">
         <v>168</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="E42" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>170</v>
       </c>
       <c r="H42" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>172</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>17</v>
+        <v>173</v>
       </c>
       <c r="D43" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="E43" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H43" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D44" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="E44" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H44" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D45" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="E45" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H45" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D46" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="E46" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H46" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D47" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="E47" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H47" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D48" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="E48" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H48" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D49" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="E49" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H49" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D50" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="E50" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H50" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D51" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="E51" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H51" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
+        <v>49</v>
+      </c>
+      <c r="D52" t="s">
+        <v>168</v>
+      </c>
+      <c r="E52" t="s">
+        <v>169</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H52" t="s">
         <v>198</v>
-      </c>
-[...13 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>201</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>53</v>
+      </c>
+      <c r="D53" t="s">
+        <v>168</v>
+      </c>
+      <c r="E53" t="s">
+        <v>169</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="H53" t="s">
         <v>203</v>
-      </c>
-[...19 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>204</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>205</v>
+      </c>
+      <c r="D54" t="s">
+        <v>168</v>
+      </c>
+      <c r="E54" t="s">
+        <v>206</v>
+      </c>
+      <c r="F54" t="s">
         <v>207</v>
       </c>
-      <c r="B54" t="s">
-[...8 lines deleted...]
-      <c r="E54" t="s">
+      <c r="G54" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="F54" t="s">
+      <c r="H54" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>168</v>
       </c>
       <c r="E55" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="F55" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="G55" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="H55" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>169</v>
+        <v>205</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="F56" t="s">
-        <v>204</v>
+        <v>216</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H56" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="F57" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H57" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>21</v>
+        <v>173</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="F58" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>223</v>
       </c>
       <c r="H58" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>225</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>198</v>
+        <v>17</v>
       </c>
       <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>215</v>
+      </c>
+      <c r="F59" t="s">
+        <v>216</v>
+      </c>
+      <c r="G59" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="E59" t="s">
+      <c r="H59" t="s">
         <v>227</v>
-      </c>
-[...7 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>228</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>21</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>215</v>
+      </c>
+      <c r="F60" t="s">
+        <v>229</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="B60" t="s">
-[...5 lines deleted...]
-      <c r="D60" t="s">
+      <c r="H60" t="s">
         <v>231</v>
-      </c>
-[...10 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>232</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>205</v>
+      </c>
+      <c r="D61" t="s">
+        <v>233</v>
+      </c>
+      <c r="E61" t="s">
+        <v>234</v>
+      </c>
+      <c r="F61" t="s">
+        <v>216</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="B61" t="s">
-[...11 lines deleted...]
-      <c r="F61" t="s">
+      <c r="H61" t="s">
         <v>236</v>
-      </c>
-[...4 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>237</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>205</v>
+      </c>
+      <c r="D62" t="s">
+        <v>238</v>
+      </c>
+      <c r="E62" t="s">
         <v>239</v>
       </c>
-      <c r="B62" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F62" t="s">
-        <v>204</v>
+        <v>216</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>240</v>
       </c>
       <c r="H62" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>242</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="D63" t="s">
         <v>243</v>
       </c>
       <c r="E63" t="s">
         <v>244</v>
       </c>
       <c r="F63" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>245</v>
       </c>
       <c r="H63" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>247</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
         <v>10</v>
       </c>
       <c r="D64" t="s">
         <v>243</v>
       </c>
       <c r="E64" t="s">
         <v>244</v>
       </c>
       <c r="F64" t="s">
-        <v>222</v>
+        <v>248</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H64" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D65" t="s">
         <v>243</v>
       </c>
       <c r="E65" t="s">
         <v>244</v>
       </c>
       <c r="F65" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H65" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="D66" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E66" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F66" t="s">
-        <v>254</v>
+        <v>229</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="H66" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E67" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F67" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="H67" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>25</v>
+        <v>173</v>
       </c>
       <c r="D68" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E68" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F68" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H68" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D69" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E69" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F69" t="s">
-        <v>204</v>
+        <v>266</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="H69" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D70" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E70" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F70" t="s">
-        <v>204</v>
+        <v>229</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="H70" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D71" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E71" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F71" t="s">
-        <v>204</v>
+        <v>229</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="H71" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D72" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E72" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F72" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="H72" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D73" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E73" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F73" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="H73" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="D74" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E74" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F74" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="H74" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D75" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E75" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F75" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="H75" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="D76" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E76" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F76" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="H76" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="D77" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E77" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F77" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="H77" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="D78" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E78" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F78" t="s">
-        <v>291</v>
+        <v>229</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="H78" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="D79" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E79" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F79" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="H79" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="D80" t="s">
-        <v>243</v>
+        <v>255</v>
       </c>
       <c r="E80" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="F80" t="s">
-        <v>222</v>
+        <v>248</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="H80" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>198</v>
+        <v>65</v>
       </c>
       <c r="D81" t="s">
-        <v>301</v>
+        <v>255</v>
       </c>
       <c r="E81" t="s">
-        <v>302</v>
+        <v>256</v>
       </c>
       <c r="F81" t="s">
-        <v>204</v>
+        <v>303</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H81" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>10</v>
+        <v>68</v>
       </c>
       <c r="D82" t="s">
-        <v>301</v>
+        <v>255</v>
       </c>
       <c r="E82" t="s">
-        <v>302</v>
+        <v>256</v>
       </c>
       <c r="F82" t="s">
-        <v>306</v>
+        <v>229</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>307</v>
       </c>
       <c r="H82" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>309</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>169</v>
+        <v>72</v>
       </c>
       <c r="D83" t="s">
-        <v>301</v>
+        <v>255</v>
       </c>
       <c r="E83" t="s">
-        <v>302</v>
+        <v>256</v>
       </c>
       <c r="F83" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>310</v>
       </c>
       <c r="H83" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>312</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="D84" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E84" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F84" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="H84" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D85" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E85" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F85" t="s">
-        <v>236</v>
+        <v>318</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="H85" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>25</v>
+        <v>173</v>
       </c>
       <c r="D86" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E86" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F86" t="s">
-        <v>204</v>
+        <v>248</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="H86" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D87" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E87" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F87" t="s">
-        <v>236</v>
+        <v>211</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="H87" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D88" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E88" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F88" t="s">
-        <v>204</v>
+        <v>248</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="H88" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D89" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E89" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F89" t="s">
-        <v>291</v>
+        <v>211</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="H89" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D90" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E90" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F90" t="s">
-        <v>291</v>
+        <v>248</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="H90" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D91" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E91" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F91" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="H91" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="D92" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E92" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F92" t="s">
-        <v>204</v>
+        <v>303</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="H92" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D93" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E93" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F93" t="s">
-        <v>204</v>
+        <v>303</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="H93" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="D94" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E94" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F94" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="H94" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="D95" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E95" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F95" t="s">
-        <v>346</v>
+        <v>211</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="H95" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="D96" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E96" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F96" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="H96" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="D97" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E97" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F97" t="s">
-        <v>236</v>
+        <v>211</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="H97" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="D98" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E98" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F98" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="H98" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="D99" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E99" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F99" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H99" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="D100" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E100" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F100" t="s">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="H100" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>83</v>
+        <v>72</v>
       </c>
       <c r="D101" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E101" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F101" t="s">
-        <v>222</v>
+        <v>368</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="H101" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="D102" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E102" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F102" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="H102" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="D103" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E103" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F103" t="s">
-        <v>222</v>
+        <v>248</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="H103" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="D104" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E104" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F104" t="s">
-        <v>254</v>
+        <v>229</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="H104" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="D105" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E105" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F105" t="s">
-        <v>222</v>
+        <v>248</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="H105" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>102</v>
+        <v>90</v>
       </c>
       <c r="D106" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E106" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F106" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="H106" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="D107" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E107" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F107" t="s">
-        <v>222</v>
+        <v>266</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="H107" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="D108" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E108" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F108" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="H108" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="D109" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E109" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F109" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="H109" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="D110" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E110" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F110" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="H110" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="D111" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E111" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F111" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="H111" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="D112" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E112" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F112" t="s">
-        <v>222</v>
+        <v>248</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="H112" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>129</v>
+        <v>118</v>
       </c>
       <c r="D113" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E113" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F113" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="H113" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="D114" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E114" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F114" t="s">
-        <v>204</v>
+        <v>229</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="H114" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>137</v>
+        <v>125</v>
       </c>
       <c r="D115" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E115" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F115" t="s">
-        <v>204</v>
+        <v>229</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="H115" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="D116" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E116" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F116" t="s">
-        <v>204</v>
+        <v>229</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="H116" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>144</v>
+        <v>133</v>
       </c>
       <c r="D117" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E117" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F117" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="H117" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="D118" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E118" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F118" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="H118" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="D119" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E119" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F119" t="s">
-        <v>236</v>
+        <v>211</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="H119" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="D120" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E120" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F120" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="H120" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>160</v>
+        <v>148</v>
       </c>
       <c r="D121" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E121" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F121" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="H121" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>429</v>
+        <v>152</v>
       </c>
       <c r="D122" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E122" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F122" t="s">
-        <v>222</v>
+        <v>248</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="H122" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>433</v>
+        <v>156</v>
       </c>
       <c r="D123" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E123" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F123" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="H123" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>437</v>
+        <v>160</v>
       </c>
       <c r="D124" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E124" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F124" t="s">
-        <v>204</v>
+        <v>229</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>438</v>
       </c>
       <c r="H124" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>440</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
+        <v>164</v>
+      </c>
+      <c r="D125" t="s">
+        <v>313</v>
+      </c>
+      <c r="E125" t="s">
+        <v>314</v>
+      </c>
+      <c r="F125" t="s">
+        <v>229</v>
+      </c>
+      <c r="G125" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="D125" t="s">
-[...8 lines deleted...]
-      <c r="G125" s="1" t="s">
+      <c r="H125" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>443</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
         <v>444</v>
       </c>
-      <c r="B126" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D126" t="s">
+        <v>313</v>
+      </c>
+      <c r="E126" t="s">
+        <v>314</v>
+      </c>
+      <c r="F126" t="s">
+        <v>229</v>
+      </c>
+      <c r="G126" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="E126" t="s">
+      <c r="H126" t="s">
         <v>446</v>
-      </c>
-[...7 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>447</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>448</v>
+      </c>
+      <c r="D127" t="s">
+        <v>313</v>
+      </c>
+      <c r="E127" t="s">
+        <v>314</v>
+      </c>
+      <c r="F127" t="s">
+        <v>211</v>
+      </c>
+      <c r="G127" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="B127" t="s">
-[...2 lines deleted...]
-      <c r="C127" t="s">
+      <c r="H127" t="s">
         <v>450</v>
-      </c>
-[...13 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="D128" t="s">
-        <v>451</v>
+        <v>313</v>
       </c>
       <c r="E128" t="s">
-        <v>452</v>
+        <v>314</v>
       </c>
       <c r="F128" t="s">
-        <v>13</v>
+        <v>248</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="H128" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="D129" t="s">
-        <v>451</v>
+        <v>313</v>
       </c>
       <c r="E129" t="s">
-        <v>452</v>
+        <v>314</v>
       </c>
       <c r="F129" t="s">
-        <v>13</v>
+        <v>229</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="H129" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="D130" t="s">
-        <v>451</v>
+        <v>313</v>
       </c>
       <c r="E130" t="s">
-        <v>452</v>
+        <v>314</v>
       </c>
       <c r="F130" t="s">
-        <v>13</v>
+        <v>229</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="H130" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>463</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>173</v>
+      </c>
+      <c r="D131" t="s">
+        <v>464</v>
+      </c>
+      <c r="E131" t="s">
+        <v>465</v>
+      </c>
+      <c r="F131" t="s">
+        <v>211</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H131" t="s">
         <v>467</v>
-      </c>
-[...19 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>468</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>469</v>
+      </c>
+      <c r="D132" t="s">
+        <v>470</v>
+      </c>
+      <c r="E132" t="s">
         <v>471</v>
-      </c>
-[...10 lines deleted...]
-        <v>452</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H132" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>474</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
         <v>475</v>
       </c>
-      <c r="B133" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D133" t="s">
+        <v>470</v>
+      </c>
+      <c r="E133" t="s">
+        <v>471</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>476</v>
       </c>
-      <c r="E133" t="s">
+      <c r="H133" t="s">
         <v>477</v>
-      </c>
-[...7 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>478</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>479</v>
+      </c>
+      <c r="D134" t="s">
+        <v>470</v>
+      </c>
+      <c r="E134" t="s">
+        <v>471</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="B134" t="s">
-[...5 lines deleted...]
-      <c r="D134" t="s">
+      <c r="H134" t="s">
         <v>481</v>
-      </c>
-[...10 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>482</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>483</v>
+      </c>
+      <c r="D135" t="s">
+        <v>470</v>
+      </c>
+      <c r="E135" t="s">
+        <v>471</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="H135" t="s">
         <v>485</v>
-      </c>
-[...19 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>486</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>487</v>
+      </c>
+      <c r="D136" t="s">
+        <v>470</v>
+      </c>
+      <c r="E136" t="s">
+        <v>471</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="B136" t="s">
-[...14 lines deleted...]
-      <c r="G136" s="1" t="s">
+      <c r="H136" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>490</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
         <v>491</v>
       </c>
-      <c r="B137" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D137" t="s">
+        <v>470</v>
+      </c>
+      <c r="E137" t="s">
+        <v>471</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" s="1" t="s">
         <v>492</v>
       </c>
-      <c r="E137" t="s">
+      <c r="H137" t="s">
         <v>493</v>
-      </c>
-[...7 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>494</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>205</v>
+      </c>
+      <c r="D138" t="s">
+        <v>495</v>
+      </c>
+      <c r="E138" t="s">
         <v>496</v>
       </c>
-      <c r="B138" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F138" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>497</v>
       </c>
       <c r="H138" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>499</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>169</v>
+        <v>10</v>
       </c>
       <c r="D139" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="E139" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="F139" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>500</v>
       </c>
       <c r="H139" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>502</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>17</v>
+        <v>205</v>
       </c>
       <c r="D140" t="s">
-        <v>492</v>
+        <v>503</v>
       </c>
       <c r="E140" t="s">
-        <v>493</v>
+        <v>504</v>
       </c>
       <c r="F140" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="H140" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D141" t="s">
-        <v>492</v>
+        <v>503</v>
       </c>
       <c r="E141" t="s">
-        <v>493</v>
+        <v>504</v>
       </c>
       <c r="F141" t="s">
-        <v>209</v>
+        <v>229</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="H141" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>25</v>
+        <v>173</v>
       </c>
       <c r="D142" t="s">
-        <v>492</v>
+        <v>503</v>
       </c>
       <c r="E142" t="s">
-        <v>493</v>
+        <v>504</v>
       </c>
       <c r="F142" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="H142" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>513</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>17</v>
+      </c>
+      <c r="D143" t="s">
+        <v>503</v>
+      </c>
+      <c r="E143" t="s">
+        <v>504</v>
+      </c>
+      <c r="F143" t="s">
+        <v>211</v>
+      </c>
+      <c r="G143" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="B143" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H143" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>33</v>
+        <v>205</v>
       </c>
       <c r="D144" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E144" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F144" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="H144" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>520</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>10</v>
+      </c>
+      <c r="D145" t="s">
+        <v>516</v>
+      </c>
+      <c r="E145" t="s">
         <v>517</v>
       </c>
-      <c r="B145" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F145" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="H145" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>41</v>
+        <v>173</v>
       </c>
       <c r="D146" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E146" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F146" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="H146" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D147" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E147" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F147" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="H147" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D148" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E148" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F148" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="H148" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="D149" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E149" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F149" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="H149" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="D150" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E150" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F150" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="H150" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="D151" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E151" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F151" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="H151" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="D152" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E152" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F152" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="H152" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>68</v>
+        <v>41</v>
       </c>
       <c r="D153" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E153" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F153" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="H153" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="D154" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E154" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F154" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="H154" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="D155" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E155" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F155" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="H155" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>79</v>
+        <v>53</v>
       </c>
       <c r="D156" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E156" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F156" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="H156" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
       <c r="D157" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E157" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F157" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="H157" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="D158" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E158" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F158" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="H158" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="D159" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E159" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F159" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="H159" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
       <c r="D160" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E160" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F160" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="H160" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="D161" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E161" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F161" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="H161" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
       <c r="D162" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E162" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F162" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="H162" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>106</v>
+        <v>79</v>
       </c>
       <c r="D163" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E163" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F163" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="H163" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>110</v>
+        <v>83</v>
       </c>
       <c r="D164" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E164" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F164" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="H164" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>114</v>
+        <v>86</v>
       </c>
       <c r="D165" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E165" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F165" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="H165" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>118</v>
+        <v>90</v>
       </c>
       <c r="D166" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E166" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F166" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="H166" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>122</v>
+        <v>94</v>
       </c>
       <c r="D167" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E167" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F167" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="H167" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>125</v>
+        <v>98</v>
       </c>
       <c r="D168" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E168" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F168" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="H168" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>129</v>
+        <v>102</v>
       </c>
       <c r="D169" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E169" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F169" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="H169" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>133</v>
+        <v>106</v>
       </c>
       <c r="D170" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E170" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F170" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="H170" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>137</v>
+        <v>110</v>
       </c>
       <c r="D171" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E171" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F171" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="H171" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>140</v>
+        <v>114</v>
       </c>
       <c r="D172" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E172" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F172" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="H172" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>144</v>
+        <v>118</v>
       </c>
       <c r="D173" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E173" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F173" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="H173" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
       <c r="D174" t="s">
-        <v>492</v>
+        <v>516</v>
       </c>
       <c r="E174" t="s">
-        <v>493</v>
+        <v>517</v>
       </c>
       <c r="F174" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="H174" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>198</v>
+        <v>125</v>
       </c>
       <c r="D175" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="E175" t="s">
-        <v>609</v>
+        <v>517</v>
       </c>
       <c r="F175" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="H175" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>10</v>
+        <v>129</v>
       </c>
       <c r="D176" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="E176" t="s">
-        <v>609</v>
+        <v>517</v>
       </c>
       <c r="F176" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="H176" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>169</v>
+        <v>133</v>
       </c>
       <c r="D177" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="E177" t="s">
-        <v>609</v>
+        <v>517</v>
       </c>
       <c r="F177" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H177" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>17</v>
+        <v>137</v>
       </c>
       <c r="D178" t="s">
-        <v>608</v>
+        <v>516</v>
       </c>
       <c r="E178" t="s">
-        <v>609</v>
+        <v>517</v>
       </c>
       <c r="F178" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="H178" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
+        <v>140</v>
+      </c>
+      <c r="D179" t="s">
+        <v>516</v>
+      </c>
+      <c r="E179" t="s">
+        <v>517</v>
+      </c>
+      <c r="F179" t="s">
+        <v>216</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="H179" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>625</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>144</v>
+      </c>
+      <c r="D180" t="s">
+        <v>516</v>
+      </c>
+      <c r="E180" t="s">
+        <v>517</v>
+      </c>
+      <c r="F180" t="s">
+        <v>216</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="H180" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>628</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>148</v>
+      </c>
+      <c r="D181" t="s">
+        <v>516</v>
+      </c>
+      <c r="E181" t="s">
+        <v>517</v>
+      </c>
+      <c r="F181" t="s">
+        <v>216</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H181" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>631</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>152</v>
+      </c>
+      <c r="D182" t="s">
+        <v>516</v>
+      </c>
+      <c r="E182" t="s">
+        <v>517</v>
+      </c>
+      <c r="F182" t="s">
+        <v>216</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="H182" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>634</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>156</v>
+      </c>
+      <c r="D183" t="s">
+        <v>516</v>
+      </c>
+      <c r="E183" t="s">
+        <v>517</v>
+      </c>
+      <c r="F183" t="s">
+        <v>216</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="H183" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>637</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>160</v>
+      </c>
+      <c r="D184" t="s">
+        <v>516</v>
+      </c>
+      <c r="E184" t="s">
+        <v>517</v>
+      </c>
+      <c r="F184" t="s">
+        <v>216</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="H184" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>640</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>164</v>
+      </c>
+      <c r="D185" t="s">
+        <v>516</v>
+      </c>
+      <c r="E185" t="s">
+        <v>517</v>
+      </c>
+      <c r="F185" t="s">
+        <v>216</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="H185" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>643</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>205</v>
+      </c>
+      <c r="D186" t="s">
+        <v>644</v>
+      </c>
+      <c r="E186" t="s">
+        <v>645</v>
+      </c>
+      <c r="F186" t="s">
+        <v>216</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="H186" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>648</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>10</v>
+      </c>
+      <c r="D187" t="s">
+        <v>644</v>
+      </c>
+      <c r="E187" t="s">
+        <v>645</v>
+      </c>
+      <c r="F187" t="s">
+        <v>216</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="H187" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>651</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>173</v>
+      </c>
+      <c r="D188" t="s">
+        <v>644</v>
+      </c>
+      <c r="E188" t="s">
+        <v>645</v>
+      </c>
+      <c r="F188" t="s">
+        <v>216</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H188" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>654</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>17</v>
+      </c>
+      <c r="D189" t="s">
+        <v>644</v>
+      </c>
+      <c r="E189" t="s">
+        <v>645</v>
+      </c>
+      <c r="F189" t="s">
+        <v>216</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="H189" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>657</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
         <v>21</v>
       </c>
-      <c r="D179" t="s">
-[...12 lines deleted...]
-        <v>623</v>
+      <c r="D190" t="s">
+        <v>644</v>
+      </c>
+      <c r="E190" t="s">
+        <v>645</v>
+      </c>
+      <c r="F190" t="s">
+        <v>216</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="H190" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>660</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>25</v>
+      </c>
+      <c r="D191" t="s">
+        <v>644</v>
+      </c>
+      <c r="E191" t="s">
+        <v>645</v>
+      </c>
+      <c r="F191" t="s">
+        <v>216</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H191" t="s">
+        <v>534</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7083,50 +7509,62 @@
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
     <hyperlink ref="G159" r:id="rId158"/>
     <hyperlink ref="G160" r:id="rId159"/>
     <hyperlink ref="G161" r:id="rId160"/>
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>