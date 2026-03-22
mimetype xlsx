--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -10,248 +10,656 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="203">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Poder Executivo</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Monte Carlo - PMMC</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1770/pl_01.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1770/pl_01.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PREFEITO MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO SUPLEMENTAR PELO PROVÁVEL EXCESSO NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1771/pl_02.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1771/pl_02.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PREFEITO MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1772/pl_03.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1772/pl_03.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PREFEITO MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNCÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1778/pl_04.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1778/pl_04.pdf</t>
   </si>
   <si>
     <t>"ALTERA O § DO ART. 2º DA LEI Nº 1.501 DE 11 DE JULHO DE 2025, E PRORROGA A VALIDADE DO CONVÊNIO POR ELA AUTORIZADO".</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1779/pl_05.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1779/pl_05.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O FUNDO MUNICIPAL DA PESSOA IDOSA (FMPI), NO ÂMBITO DO MUNICÍPIO DE MONTE CARLO".</t>
   </si>
   <si>
+    <t>1781</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1781/pl_no_06.pdf</t>
+  </si>
+  <si>
+    <t>"AUTORIZA O PREFEITO MUNICIPAL A PROMOVER ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>1816</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1816/brnb42200d17b88_002377.pdf</t>
+  </si>
+  <si>
+    <t>"AUTORIZA O PREFEITO MUNICIPAL A PROMOVER A ABERTURA DE UM CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>1817</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1817/brnb42200d17b88_002380.pdf</t>
+  </si>
+  <si>
     <t>1773</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1773/brnb42200d17b88_002129.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1773/brnb42200d17b88_002129.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVISÃO GERAL DA REMUNERAÇÃO DOS SERVIDORES E DOS SUBSÍDIOS DOS AGENTES POLÍTICOS MUNICIPAIS, E ADOTA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
+    <t>1786</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1786/projeto_de_lei_complementar_02_de_2026..pdf</t>
+  </si>
+  <si>
+    <t>"AUMENTA O NÚMERO DE VAGAS PARA O CARGO DE ASSESSOR JURÍDICO, PREVISTO NA LEI COMPLEMENTAR MUNICIPAL Nº49/2011".</t>
+  </si>
+  <si>
+    <t>1795</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1795/brnb42200d17b88_002201.pdf</t>
+  </si>
+  <si>
+    <t>"ALTERA A SESÃO I, DO CAPITULO III, E OS ARTIGOS 18, 29 E 30, TODOS DA LEI COMPLEMENTAR Nº49/2011, DE 07 DE OUTUBRO DE 2011, E O ART. 132, DA LEI COMPLEMENTAR Nº 17/2006, DE 06 DE MARÇO DE 2006".</t>
+  </si>
+  <si>
+    <t>1796</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1796/pl_c_04.pdf</t>
+  </si>
+  <si>
+    <t>"ALTERA OS INCISOS I E II DO § 3º DO ART.77 DA LEI COMPLEMENTAR Nº 017/2006, E REVOGA INTEGRALMENTE O § 4º DO MESMO ARTIGO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>1801</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1801/pl_c_05_.pdf</t>
+  </si>
+  <si>
+    <t>"ALTERA A DENOMINAÇÃO DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO (SMA), PARA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E PLANEJAMENTO (SMAP), ALTERA A SESSÃO I, DO CAPITULO III, E OS ARTIGOS 18,29 E 30, TODOS DA LEI COMPLEMENTAR Nº49/2011, DE 07  DE OUTUBRO DE 2011".</t>
+  </si>
+  <si>
+    <t>1808</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1808/brnb42200d17b88_002345.pdf</t>
+  </si>
+  <si>
+    <t>"ALTERA A DENOMINAÇÃO DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO (SMA) PARA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E PLANEJAMENTO (SMAP), ALTERA A SESSÃO I, DO CAPÍTULO III, E OS ARTIGOS 18,29 E 30, TODOS DA LEI COMPLEMENTAR Nº 49/2022, DE 07 DE OUTUBRO DE 2011".</t>
+  </si>
+  <si>
+    <t>1787</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária do Poder Legislativo</t>
+  </si>
+  <si>
+    <t>Júnior Chagas de Moraes</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1787/brnb42200d17b88_002179.pdf</t>
+  </si>
+  <si>
+    <t>"INSTITUI O PROGRAMA BOLSA-ATLETA NO MUNICÍPIO DE MONTE CARLO E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>1793</t>
+  </si>
+  <si>
+    <t>RESOL</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Mesa Diretora</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1793/brnb42200d17b88_002198.pdf</t>
+  </si>
+  <si>
+    <t>"ALTERA E ACRESCENTA DISPOSITIVO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL (RESOLUÇÃO 01/95) E DÁ OUTRAS PROVIDÊNCIAS".</t>
+  </si>
+  <si>
+    <t>1785</t>
+  </si>
+  <si>
+    <t>INFO</t>
+  </si>
+  <si>
+    <t>Pedido de Informação</t>
+  </si>
+  <si>
+    <t>Emersson de Oliveira</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1785/brnb42200d17b88_002194.pdf</t>
+  </si>
+  <si>
+    <t>"Que o Chefe do poder Executivo, envie relatório completo e detalhado de cada funcionário da prefeitura que recebe em seu salário função gratificada (FG)".</t>
+  </si>
+  <si>
+    <t>1788</t>
+  </si>
+  <si>
+    <t>Valdecir Corrêa Becker</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1788/brnb42200d17b88_002192.pdf</t>
+  </si>
+  <si>
+    <t>“Que seja enviado documentação detalhada a respeito da vigência da concessão do Hospitalar Nossa Senhora da Salete de Monte Carlo”.</t>
+  </si>
+  <si>
+    <t>1789</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1789/brnb42200d17b88_002193.pdf</t>
+  </si>
+  <si>
+    <t>“Que seja enviado documentação detalhada a respeito da vigência do contrato de terceirização de mão de obra prestadora de serviços ao Município”.</t>
+  </si>
+  <si>
+    <t>1790</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1790/brnb42200d17b88_002190.pdf</t>
+  </si>
+  <si>
+    <t>“Que seja informado se os motoristas lotados nas secretarias de Educação, Saúde e Obras, recebem adicional de insalubridade e se há LTCAT e PPP desses ambientes de trabalho”.</t>
+  </si>
+  <si>
+    <t>1791</t>
+  </si>
+  <si>
+    <t>Jocemar Antunes Ramos</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1791/brnb42200d17b88_002191.pdf</t>
+  </si>
+  <si>
+    <t>"Que o Chefe do Poder Executivo Municipal informe qual o endereço de residência do Secretário de Administração, considerando o disposto no art. 121, paragrafo único, da Lei Orgânica Municipal".</t>
+  </si>
+  <si>
+    <t>1792</t>
+  </si>
+  <si>
+    <t>Dirceu de Souza</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1792/brnb42200d17b88_002195.pdf</t>
+  </si>
+  <si>
+    <t>"Que o Chefe do Poder Executivo Municipal, informe as providências tomadas em relação ao fornecimento de alimentação aos pacientes que realizam hemodiálise no âmbito do Município de Monte Carlo, bem como se há algum fornecimento de ajuda de custo para aqueles que realizam o serviço fora do domicílio".</t>
+  </si>
+  <si>
     <t>1777</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Júnior Chagas de Moraes</t>
-[...2 lines deleted...]
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1777/brnb42200d17b88_002164.pdf</t>
+    <t>Júnior Chagas de Moraes, Carlos Alberto Correa de Almeida, Dirceu de Souza, Emersson de Oliveira, Jocemar Antunes Ramos, Luizinho Cordeiro, Oracides Antunes Corrêa, Valdecir Corrêa Becker, Volnir Stratmann</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1777/brnb42200d17b88_002164.pdf</t>
   </si>
   <si>
     <t>"Que o Poder Executivo Municipal adote as medidas necessárias para regulamentar e regularizar o enquadramento de cargos e funções dos profissionais da carreira do magistério, consoante Lei Federal nº 15.326/2026, especialmente daqueles profissionais que trabalham em creches e pré-escolas do Município de Monte Carlo".</t>
   </si>
   <si>
-    <t>1780</t>
+    <t>1783</t>
   </si>
   <si>
     <t>Emersson de Oliveira, Carlos Alberto Correa de Almeida, Dirceu de Souza</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/</t>
-[...2 lines deleted...]
-    <t>"Que seja realizado melhoria na rua Pedro Barbosa no Bairro Santo Antônio para que possam posteriormente ser realizado o calçamento sobre a rua mencionada".</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1783/brnb42200d17b88_002175.pdf</t>
+  </si>
+  <si>
+    <t>“Que seja realizado melhorias nas estradas das localidades de Butiazinho, Linha Moraes, Linha Vicente e Vila Arlete".</t>
+  </si>
+  <si>
+    <t>1798</t>
+  </si>
+  <si>
+    <t>Emersson de Oliveira, Carlos Alberto Correa de Almeida</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1798/brnb42200d17b88_002232.pdf</t>
+  </si>
+  <si>
+    <t>“Que seja instalado um ECO PONTO, para coleta de resíduos “lixo”, nas proximidades do aeroporto do Município".</t>
+  </si>
+  <si>
+    <t>1809</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1809/brnb42200d17b88_002356.pdf</t>
+  </si>
+  <si>
+    <t>“Que o Poder Executivo adote as medidas necessárias para regularizar o pagamento dos salários, devidamente aprovados, às conselheiras tutelares que desempenham relevante papel no Município de Monte Carlo/SC”.</t>
+  </si>
+  <si>
+    <t>1810</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1810/brnb42200d17b88_002357.pdf</t>
+  </si>
+  <si>
+    <t>“Que seja realizada a construção de uma lombada na rua Joaquim Correa de Mello no Bairro Remoca”.</t>
+  </si>
+  <si>
+    <t>1811</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1811/brnb42200d17b88_002358.pdf</t>
+  </si>
+  <si>
+    <t>“Que seja construído uma lombada em frente à Escola Municipal Erci Dick”.</t>
+  </si>
+  <si>
+    <t>1814</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1814/brnb42200d17b88_002373.pdf</t>
+  </si>
+  <si>
+    <t>“Que O Chefe do Poder Executivo Municipal encaminhe Projeto de Lei que disponibilize Assistente Social do Município para acompanhar pacientes a fazer perícias médicas junto ao INSS”.</t>
+  </si>
+  <si>
+    <t>1812</t>
+  </si>
+  <si>
+    <t>DECL</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1812/brnb42200d17b88_002360.pdf</t>
+  </si>
+  <si>
+    <t>Fica Decretado LUTO OFICIAL no âmbito do Poder Legislativo pelo Período de três dias, em respeito ao falecimento do ex- vereador e ex-presidente da Câmara Antônio Carlos Schumacher (CARLÃO), ocorrido em 05/03/2026.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>OFC</t>
   </si>
   <si>
     <t>Ofício do Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1768/brnb42200d17b88_002124.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1768/brnb42200d17b88_002124.pdf</t>
   </si>
   <si>
     <t>Solicitação de Convocação de Sessão Extraordinária</t>
   </si>
   <si>
+    <t>1806</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1806/oficio_no_0015.pdf</t>
+  </si>
+  <si>
+    <t>Resposta Pedido de Informações nº 02/2026 e nº 03/2026.</t>
+  </si>
+  <si>
+    <t>1805</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1805/brnb42200d17b88_002306.pdf</t>
+  </si>
+  <si>
+    <t>Resposta Pedido de Informações Nº 05/2026.</t>
+  </si>
+  <si>
+    <t>1804</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1804/resposta_pedido_de_inofrmacoes_n_06.pdf</t>
+  </si>
+  <si>
+    <t>Resposta Pedido de Informações Nº 06/2026.</t>
+  </si>
+  <si>
+    <t>1794</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1794/oficio_retirada_pl_05.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação retirada do Projeto de Lei Nº05/2026.</t>
+  </si>
+  <si>
+    <t>1800</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1800/oficio_retirada_pl_c_03.pdf</t>
+  </si>
+  <si>
+    <t>Retirada do Projeto de Lei Complementar nº 03/2026.</t>
+  </si>
+  <si>
+    <t>1803</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1803/oficio_96_retirada_pl_c_04.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de Retirada do Projeto de Lei Complementar Nº 04/2026.</t>
+  </si>
+  <si>
+    <t>1807</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1807/brnb42200d17b88_002333.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de Retirada do Projeto de Lei Nº05/2026.</t>
+  </si>
+  <si>
     <t>1774</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>Valdecir Corrêa Becker</t>
-[...2 lines deleted...]
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1774/brnb42200d17b88_002138.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1774/brnb42200d17b88_002138.pdf</t>
   </si>
   <si>
     <t>Modifica a redação do projeto de Lei Complementar Municipal Nº13/2025.</t>
   </si>
   <si>
+    <t>1782</t>
+  </si>
+  <si>
+    <t>PROC</t>
+  </si>
+  <si>
+    <t>Processo Administrativo</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1782/brnb42200d17b88_002172.pdf</t>
+  </si>
+  <si>
+    <t>Eleição das Comissões Técnicas para o Ano de 2026.</t>
+  </si>
+  <si>
+    <t>1784</t>
+  </si>
+  <si>
+    <t>ATAPL</t>
+  </si>
+  <si>
+    <t>Ata de Sessão Ordinária do Plenário Físico</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1784/brnb42200d17b88_002176.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 1ª Sessão Ordinária da 10ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>1797</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1797/brnb42200d17b88_002228.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 2ª Sessão Ordinária da 10ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>1799</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1799/brnb42200d17b88_002237.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 3ª Sessão Ordinária da 10ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>1802</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1802/brnb42200d17b88_002302.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 4ª Sessão Ordinária da 10ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>1813</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1813/brnb42200d17b88_002370.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 5ª Sessão Ordinária da 10ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>1815</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1815/brnb42200d17b88_002374.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 6ª Sessão Ordinária da 10ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
+    <t>1818</t>
+  </si>
+  <si>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1818/brnb42200d17b88_002388.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 7ª Sessão ordinária da 10ª Sessão Legislativa da 9ª Legislatura</t>
+  </si>
+  <si>
     <t>1775</t>
   </si>
   <si>
     <t>ATAEX</t>
   </si>
   <si>
     <t>Ata de Sessão Extraordinária do Plenário Físico</t>
   </si>
   <si>
-    <t>Mesa Diretora</t>
-[...2 lines deleted...]
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1775/brnb42200d17b88_002159.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1775/brnb42200d17b88_002159.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 1 Sessão Extraordinária da 10ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1776/brnb42200d17b88_002162.pdf</t>
+    <t>http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1776/brnb42200d17b88_002162.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 2ª Sessão Extraordinária da 10ª Sessão Legislativa da 9ª Legislatura</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -558,67 +966,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1770/pl_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1771/pl_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1772/pl_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1778/pl_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1779/pl_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1773/brnb42200d17b88_002129.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1777/brnb42200d17b88_002164.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1768/brnb42200d17b88_002124.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1774/brnb42200d17b88_002138.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1775/brnb42200d17b88_002159.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1776/brnb42200d17b88_002162.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1770/pl_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1771/pl_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1772/pl_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1778/pl_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1779/pl_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1781/pl_no_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1816/brnb42200d17b88_002377.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1817/brnb42200d17b88_002380.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1773/brnb42200d17b88_002129.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1786/projeto_de_lei_complementar_02_de_2026..pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1795/brnb42200d17b88_002201.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1796/pl_c_04.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1801/pl_c_05_.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1808/brnb42200d17b88_002345.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1787/brnb42200d17b88_002179.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1793/brnb42200d17b88_002198.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1785/brnb42200d17b88_002194.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1788/brnb42200d17b88_002192.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1789/brnb42200d17b88_002193.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1790/brnb42200d17b88_002190.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1791/brnb42200d17b88_002191.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1792/brnb42200d17b88_002195.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1777/brnb42200d17b88_002164.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1783/brnb42200d17b88_002175.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1798/brnb42200d17b88_002232.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1809/brnb42200d17b88_002356.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1810/brnb42200d17b88_002357.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1811/brnb42200d17b88_002358.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1814/brnb42200d17b88_002373.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1812/brnb42200d17b88_002360.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1768/brnb42200d17b88_002124.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1806/oficio_no_0015.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1805/brnb42200d17b88_002306.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1804/resposta_pedido_de_inofrmacoes_n_06.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1794/oficio_retirada_pl_05.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1800/oficio_retirada_pl_c_03.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1803/oficio_96_retirada_pl_c_04.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1807/brnb42200d17b88_002333.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1774/brnb42200d17b88_002138.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1782/brnb42200d17b88_002172.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1784/brnb42200d17b88_002176.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1797/brnb42200d17b88_002228.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1799/brnb42200d17b88_002237.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1802/brnb42200d17b88_002302.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1813/brnb42200d17b88_002370.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1815/brnb42200d17b88_002374.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1818/brnb42200d17b88_002388.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1775/brnb42200d17b88_002159.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.montecarlo.sc.leg.br/media/sapl/public/materialegislativa/2026/1776/brnb42200d17b88_002162.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.42578125" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="65.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="186.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -742,238 +1150,1237 @@
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="D7" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
         <v>37</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>39</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E10" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H10" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D11" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="E11" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F11" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="H11" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D12" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="E12" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="F12" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="H12" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>25</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H13" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H14" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>60</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>33</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>45</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H15" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>63</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
         <v>64</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="F16" t="s">
+        <v>65</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H16" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>68</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" t="s">
+        <v>69</v>
+      </c>
+      <c r="E17" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" t="s">
+        <v>71</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H17" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
+        <v>75</v>
+      </c>
+      <c r="E18" t="s">
+        <v>76</v>
+      </c>
+      <c r="F18" t="s">
+        <v>77</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H18" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
         <v>17</v>
       </c>
-      <c r="D13" t="s">
-[...8 lines deleted...]
-      <c r="G13" s="1" t="s">
+      <c r="D19" t="s">
+        <v>75</v>
+      </c>
+      <c r="E19" t="s">
+        <v>76</v>
+      </c>
+      <c r="F19" t="s">
+        <v>81</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H19" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>84</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>21</v>
+      </c>
+      <c r="D20" t="s">
+        <v>75</v>
+      </c>
+      <c r="E20" t="s">
+        <v>76</v>
+      </c>
+      <c r="F20" t="s">
+        <v>81</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H20" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D21" t="s">
+        <v>75</v>
+      </c>
+      <c r="E21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F21" t="s">
+        <v>77</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H21" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>29</v>
+      </c>
+      <c r="D22" t="s">
+        <v>75</v>
+      </c>
+      <c r="E22" t="s">
+        <v>76</v>
+      </c>
+      <c r="F22" t="s">
+        <v>91</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H22" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>33</v>
+      </c>
+      <c r="D23" t="s">
+        <v>75</v>
+      </c>
+      <c r="E23" t="s">
+        <v>76</v>
+      </c>
+      <c r="F23" t="s">
+        <v>95</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H23" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" t="s">
+        <v>99</v>
+      </c>
+      <c r="E24" t="s">
+        <v>100</v>
+      </c>
+      <c r="F24" t="s">
+        <v>101</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="H24" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>104</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>17</v>
+      </c>
+      <c r="D25" t="s">
+        <v>99</v>
+      </c>
+      <c r="E25" t="s">
+        <v>100</v>
+      </c>
+      <c r="F25" t="s">
+        <v>105</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H25" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>21</v>
+      </c>
+      <c r="D26" t="s">
+        <v>99</v>
+      </c>
+      <c r="E26" t="s">
+        <v>100</v>
+      </c>
+      <c r="F26" t="s">
+        <v>109</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H26" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>112</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>25</v>
+      </c>
+      <c r="D27" t="s">
+        <v>99</v>
+      </c>
+      <c r="E27" t="s">
+        <v>100</v>
+      </c>
+      <c r="F27" t="s">
         <v>65</v>
       </c>
-      <c r="H13" t="s">
-        <v>66</v>
+      <c r="G27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H27" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>29</v>
+      </c>
+      <c r="D28" t="s">
+        <v>99</v>
+      </c>
+      <c r="E28" t="s">
+        <v>100</v>
+      </c>
+      <c r="F28" t="s">
+        <v>77</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H28" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>33</v>
+      </c>
+      <c r="D29" t="s">
+        <v>99</v>
+      </c>
+      <c r="E29" t="s">
+        <v>100</v>
+      </c>
+      <c r="F29" t="s">
+        <v>77</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H29" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>121</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>37</v>
+      </c>
+      <c r="D30" t="s">
+        <v>99</v>
+      </c>
+      <c r="E30" t="s">
+        <v>100</v>
+      </c>
+      <c r="F30" t="s">
+        <v>77</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H30" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>124</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>10</v>
+      </c>
+      <c r="D31" t="s">
+        <v>125</v>
+      </c>
+      <c r="E31" t="s">
+        <v>126</v>
+      </c>
+      <c r="F31" t="s">
+        <v>71</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H31" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>129</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" t="s">
+        <v>130</v>
+      </c>
+      <c r="E32" t="s">
+        <v>131</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H32" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>134</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>135</v>
+      </c>
+      <c r="D33" t="s">
+        <v>130</v>
+      </c>
+      <c r="E33" t="s">
+        <v>131</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H33" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>138</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>139</v>
+      </c>
+      <c r="D34" t="s">
+        <v>130</v>
+      </c>
+      <c r="E34" t="s">
+        <v>131</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H34" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>142</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>143</v>
+      </c>
+      <c r="D35" t="s">
+        <v>130</v>
+      </c>
+      <c r="E35" t="s">
+        <v>131</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H35" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>146</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>147</v>
+      </c>
+      <c r="D36" t="s">
+        <v>130</v>
+      </c>
+      <c r="E36" t="s">
+        <v>131</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="H36" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>150</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>151</v>
+      </c>
+      <c r="D37" t="s">
+        <v>130</v>
+      </c>
+      <c r="E37" t="s">
+        <v>131</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="H37" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>154</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>155</v>
+      </c>
+      <c r="D38" t="s">
+        <v>130</v>
+      </c>
+      <c r="E38" t="s">
+        <v>131</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H38" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>158</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>159</v>
+      </c>
+      <c r="D39" t="s">
+        <v>130</v>
+      </c>
+      <c r="E39" t="s">
+        <v>131</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="H39" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>162</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" t="s">
+        <v>163</v>
+      </c>
+      <c r="E40" t="s">
+        <v>164</v>
+      </c>
+      <c r="F40" t="s">
+        <v>81</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="H40" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>167</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" t="s">
+        <v>168</v>
+      </c>
+      <c r="E41" t="s">
+        <v>169</v>
+      </c>
+      <c r="F41" t="s">
+        <v>71</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="H41" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>172</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="s">
+        <v>173</v>
+      </c>
+      <c r="E42" t="s">
+        <v>174</v>
+      </c>
+      <c r="F42" t="s">
+        <v>71</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H42" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>177</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>17</v>
+      </c>
+      <c r="D43" t="s">
+        <v>173</v>
+      </c>
+      <c r="E43" t="s">
+        <v>174</v>
+      </c>
+      <c r="F43" t="s">
+        <v>71</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="H43" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>180</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>21</v>
+      </c>
+      <c r="D44" t="s">
+        <v>173</v>
+      </c>
+      <c r="E44" t="s">
+        <v>174</v>
+      </c>
+      <c r="F44" t="s">
+        <v>71</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="H44" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>183</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>25</v>
+      </c>
+      <c r="D45" t="s">
+        <v>173</v>
+      </c>
+      <c r="E45" t="s">
+        <v>174</v>
+      </c>
+      <c r="F45" t="s">
+        <v>71</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H45" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>186</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>29</v>
+      </c>
+      <c r="D46" t="s">
+        <v>173</v>
+      </c>
+      <c r="E46" t="s">
+        <v>174</v>
+      </c>
+      <c r="F46" t="s">
+        <v>71</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H46" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>189</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>33</v>
+      </c>
+      <c r="D47" t="s">
+        <v>173</v>
+      </c>
+      <c r="E47" t="s">
+        <v>174</v>
+      </c>
+      <c r="F47" t="s">
+        <v>71</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="H47" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>192</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>37</v>
+      </c>
+      <c r="D48" t="s">
+        <v>173</v>
+      </c>
+      <c r="E48" t="s">
+        <v>174</v>
+      </c>
+      <c r="F48" t="s">
+        <v>71</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="H48" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>195</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>10</v>
+      </c>
+      <c r="D49" t="s">
+        <v>196</v>
+      </c>
+      <c r="E49" t="s">
+        <v>197</v>
+      </c>
+      <c r="F49" t="s">
+        <v>71</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H49" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>200</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D50" t="s">
+        <v>196</v>
+      </c>
+      <c r="E50" t="s">
+        <v>197</v>
+      </c>
+      <c r="F50" t="s">
+        <v>71</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H50" t="s">
+        <v>202</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>